--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -812,51 +812,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FA1</v>
       </c>
       <c r="B5" t="str">
         <v>3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Brittany Gietzen</v>
       </c>
       <c r="E5">
         <v>7</v>
       </c>
       <c r="F5">
         <v>61</v>
       </c>
       <c r="G5">
         <v>214902</v>
       </c>
       <c r="H5" t="str">
-        <v>bgietzen16</v>
+        <v>britafilter</v>
       </c>
       <c r="I5">
         <v>7</v>
       </c>
       <c r="J5">
         <v>61</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>