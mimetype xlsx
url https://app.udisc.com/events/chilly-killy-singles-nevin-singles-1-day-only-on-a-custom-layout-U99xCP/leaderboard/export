--- v0 (2025-10-21)
+++ v1 (2025-11-17)
@@ -1926,50 +1926,53 @@
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>CASH</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Will Morris</v>
       </c>
       <c r="E18">
         <v>6</v>
       </c>
       <c r="F18">
         <v>63</v>
       </c>
+      <c r="G18">
+        <v>217751</v>
+      </c>
       <c r="H18" t="str">
         <v>xtacothunderx</v>
       </c>
       <c r="I18">
         <v>6</v>
       </c>
       <c r="J18">
         <v>63</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">