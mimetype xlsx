--- v1 (2025-11-17)
+++ v2 (2025-12-31)
@@ -1070,51 +1070,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>CASH</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Joshua Matheison</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>56</v>
       </c>
       <c r="G8">
         <v>86983</v>
       </c>
       <c r="H8" t="str">
-        <v>joshmatheison</v>
+        <v>tightchungus</v>
       </c>
       <c r="I8">
         <v>-1</v>
       </c>
       <c r="J8">
         <v>56</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>