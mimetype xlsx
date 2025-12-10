--- v0 (2025-10-22)
+++ v1 (2025-12-10)
@@ -2684,50 +2684,53 @@
         <v>4</v>
       </c>
       <c r="AC25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>AM</v>
       </c>
       <c r="B26" t="str">
         <v>T3</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
       <c r="D26" t="str">
         <v>Roger Green</v>
       </c>
       <c r="E26">
         <v>-1</v>
       </c>
       <c r="F26">
         <v>58</v>
       </c>
+      <c r="G26">
+        <v>289826</v>
+      </c>
       <c r="H26" t="str">
         <v>rogeeg</v>
       </c>
       <c r="I26">
         <v>-1</v>
       </c>
       <c r="J26">
         <v>58</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">