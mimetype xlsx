--- v1 (2025-12-10)
+++ v2 (2025-12-31)
@@ -647,51 +647,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>CASH</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Joshua Matheison</v>
       </c>
       <c r="E3">
         <v>-13</v>
       </c>
       <c r="F3">
         <v>46</v>
       </c>
       <c r="G3">
         <v>86983</v>
       </c>
       <c r="H3" t="str">
-        <v>joshmatheison</v>
+        <v>tightchungus</v>
       </c>
       <c r="I3">
         <v>-13</v>
       </c>
       <c r="J3">
         <v>46</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>