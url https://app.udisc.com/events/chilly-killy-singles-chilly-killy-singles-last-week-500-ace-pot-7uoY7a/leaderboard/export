--- v2 (2025-12-31)
+++ v3 (2026-01-22)
@@ -3292,50 +3292,53 @@
         <v>6</v>
       </c>
       <c r="AB32">
         <v>5</v>
       </c>
       <c r="AC32">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>AM</v>
       </c>
       <c r="B33" t="str">
         <v>DNF</v>
       </c>
       <c r="D33" t="str">
         <v>Will Auerweck</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
+      <c r="G33">
+        <v>319008</v>
+      </c>
       <c r="H33" t="str">
         <v>dawgmann</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC33"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>