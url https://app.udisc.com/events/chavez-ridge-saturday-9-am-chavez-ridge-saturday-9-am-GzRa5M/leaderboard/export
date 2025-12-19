--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -711,782 +711,962 @@
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>PRO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Chris Brophy</v>
+        <v>Cameron Rico</v>
       </c>
       <c r="E4">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F4">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="H4" t="str">
-        <v>chrisbrophy33</v>
+        <v>cameronrico</v>
       </c>
       <c r="I4">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J4">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U4">
         <v>2</v>
       </c>
       <c r="V4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>PRO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Eliassimon</v>
+        <v>Chris Brophy</v>
       </c>
       <c r="E5">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="H5" t="str">
-        <v>eliassss</v>
+        <v>chrisbrophy33</v>
       </c>
       <c r="I5">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J5">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U5">
         <v>2</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>PRO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Wing Ko</v>
+        <v>Eliassimon</v>
       </c>
       <c r="E6">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F6">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>42650</v>
+        <v>52</v>
       </c>
       <c r="H6" t="str">
-        <v>kingwo</v>
+        <v>eliassss</v>
       </c>
       <c r="I6">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J6">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>PRO</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Aaron Baker</v>
+        <v>Wing Ko</v>
       </c>
       <c r="E7">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F7">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="G7">
-        <v>192617</v>
+        <v>42650</v>
       </c>
       <c r="H7" t="str">
-        <v>aceoffades</v>
+        <v>kingwo</v>
       </c>
       <c r="I7">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J7">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>PRO</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v xml:space="preserve">Carlos Padilla </v>
+        <v>Pulpss</v>
       </c>
       <c r="E8">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F8">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>202366</v>
+        <v>53</v>
       </c>
       <c r="H8" t="str">
-        <v>carlos0203</v>
+        <v>pulpss</v>
       </c>
       <c r="I8">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J8">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>PRO</v>
       </c>
       <c r="B9" t="str">
-        <v>T6</v>
+        <v>T8</v>
       </c>
       <c r="C9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Jerrygoff</v>
+        <v>Aaron Baker</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>54</v>
       </c>
+      <c r="G9">
+        <v>192617</v>
+      </c>
       <c r="H9" t="str">
-        <v>jerrygoff</v>
+        <v>aceoffades</v>
       </c>
       <c r="I9">
         <v>-1</v>
       </c>
       <c r="J9">
         <v>54</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>PRO</v>
       </c>
       <c r="B10" t="str">
-        <v>T6</v>
+        <v>T8</v>
       </c>
       <c r="C10">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Mark Vogt</v>
+        <v xml:space="preserve">Carlos Padilla </v>
       </c>
       <c r="E10">
         <v>-1</v>
       </c>
       <c r="F10">
         <v>54</v>
       </c>
+      <c r="G10">
+        <v>202366</v>
+      </c>
       <c r="H10" t="str">
-        <v>markvogt</v>
+        <v>carlos0203</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
         <v>54</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>2</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>PRO</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
+        <v>T8</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D11" t="str">
-        <v>Eric Norbut</v>
+        <v>Jerrygoff</v>
       </c>
       <c r="E11">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F11">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="H11" t="str">
-        <v>nameuser</v>
+        <v>jerrygoff</v>
       </c>
       <c r="I11">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="J11">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>2</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
         <v>5</v>
       </c>
-      <c r="Q11">
-[...22 lines deleted...]
-      </c>
       <c r="Y11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>PRO</v>
       </c>
+      <c r="B12" t="str">
+        <v>T8</v>
+      </c>
+      <c r="C12">
+        <v>8</v>
+      </c>
       <c r="D12" t="str">
-        <v>Pulpss</v>
+        <v>Mark Vogt</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F12">
-        <v>0</v>
+        <v>54</v>
       </c>
       <c r="H12" t="str">
-        <v>pulpss</v>
+        <v>markvogt</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J12">
-        <v>0</v>
+        <v>54</v>
+      </c>
+      <c r="K12">
+        <v>2</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>2</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>4</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>2</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>2</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>4</v>
+      </c>
+      <c r="Z12">
+        <v>4</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>PRO</v>
       </c>
+      <c r="B13" t="str">
+        <v>12</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
       <c r="D13" t="str">
-        <v>Cameron Rico</v>
+        <v>Seth Gregory</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="G13">
+        <v>70141</v>
       </c>
       <c r="H13" t="str">
-        <v>cameronrico</v>
+        <v>sethdgregory</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>2</v>
+      </c>
+      <c r="M13">
+        <v>4</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>2</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>4</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>2</v>
+      </c>
+      <c r="V13">
+        <v>4</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>5</v>
+      </c>
+      <c r="Z13">
+        <v>2</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>PRO</v>
       </c>
+      <c r="B14" t="str">
+        <v>13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
       <c r="D14" t="str">
-        <v>Seth Gregory</v>
+        <v>Eric Norbut</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F14">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>70141</v>
+        <v>57</v>
       </c>
       <c r="H14" t="str">
-        <v>sethdgregory</v>
+        <v>nameuser</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="K14">
+        <v>4</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>5</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>4</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>2</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>4</v>
+      </c>
+      <c r="W14">
+        <v>2</v>
+      </c>
+      <c r="X14">
+        <v>2</v>
+      </c>
+      <c r="Y14">
+        <v>5</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>AM</v>
       </c>
       <c r="B15" t="str">
         <v>1</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15" t="str">
         <v xml:space="preserve">Lucas Astrom </v>
       </c>
       <c r="E15">
         <v>-4</v>
       </c>
       <c r="F15">
         <v>51</v>
       </c>
       <c r="G15">
         <v>220003</v>
       </c>
       <c r="H15" t="str">