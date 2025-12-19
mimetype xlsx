--- v0 (2025-10-28)
+++ v1 (2025-12-19)
@@ -723,143 +723,146 @@
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="E5" t="str">
         <v>Genera</v>
       </c>
       <c r="F5" t="str">
         <v>T3</v>
       </c>
       <c r="G5">
         <v>3</v>
       </c>
       <c r="H5" t="str">
-        <v>Matt sturgeon</v>
+        <v>Noah Anderson</v>
       </c>
       <c r="I5">
         <v>2</v>
       </c>
       <c r="J5">
         <v>31</v>
       </c>
+      <c r="K5">
+        <v>317656</v>
+      </c>
       <c r="L5" t="str">
-        <v>msturgeon22</v>
+        <v>nporkcop</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>31</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="E6" t="str">
         <v>Genera</v>
       </c>
       <c r="F6" t="str">
         <v>T3</v>
       </c>
       <c r="G6">
         <v>3</v>
       </c>
       <c r="H6" t="str">
-        <v>Noah Anderson</v>
+        <v>Matt sturgeon</v>
       </c>
       <c r="I6">
         <v>2</v>
       </c>
       <c r="J6">
         <v>31</v>
       </c>
       <c r="L6" t="str">
-        <v>nporkcop</v>
+        <v>msturgeon22</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>31</v>
       </c>
       <c r="O6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:W6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>