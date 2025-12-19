--- v0 (2025-10-28)
+++ v1 (2025-12-19)
@@ -820,50 +820,53 @@
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6">
         <v>-1</v>
       </c>
       <c r="E6" t="str">
         <v>Genera</v>
       </c>
       <c r="F6" t="str">
         <v>T4</v>
       </c>
       <c r="G6">
         <v>4</v>
       </c>
       <c r="H6" t="str">
         <v>Noah Anderson</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
       <c r="J6">
         <v>32</v>
       </c>
+      <c r="K6">
+        <v>317656</v>
+      </c>
       <c r="L6" t="str">
         <v>nporkcop</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>32</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">