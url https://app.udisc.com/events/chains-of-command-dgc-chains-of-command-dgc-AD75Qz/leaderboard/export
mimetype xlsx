--- v0 (2025-10-28)
+++ v1 (2025-12-19)
@@ -1098,50 +1098,53 @@
       </c>
       <c r="C10">
         <v>26</v>
       </c>
       <c r="D10">
         <v>-2</v>
       </c>
       <c r="E10" t="str">
         <v>Genera</v>
       </c>
       <c r="F10" t="str">
         <v>10</v>
       </c>
       <c r="G10">
         <v>10</v>
       </c>
       <c r="H10" t="str">
         <v>Noah Anderson</v>
       </c>
       <c r="I10">
         <v>28</v>
       </c>
       <c r="J10">
         <v>57</v>
       </c>
+      <c r="K10">
+        <v>317656</v>
+      </c>
       <c r="L10" t="str">
         <v>nporkcop</v>
       </c>
       <c r="M10">
         <v>28</v>
       </c>
       <c r="N10">
         <v>57</v>
       </c>
       <c r="O10">
         <v>7</v>
       </c>
       <c r="P10">
         <v>7</v>
       </c>
       <c r="Q10">
         <v>7</v>
       </c>
       <c r="R10">
         <v>7</v>
       </c>
       <c r="S10">
         <v>7</v>
       </c>
       <c r="T10">