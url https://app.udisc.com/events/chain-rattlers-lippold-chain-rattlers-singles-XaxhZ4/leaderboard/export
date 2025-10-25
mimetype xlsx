--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -760,218 +760,221 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>T2</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
         <v>-1</v>
       </c>
       <c r="D4">
         <v>-1</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>T3</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="str">
-        <v>Shane Lenth</v>
+        <v xml:space="preserve">Oliver </v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
-        <v>297037</v>
+        <v>222124</v>
       </c>
       <c r="L4" t="str">
-        <v>slenth</v>
+        <v>opence</v>
       </c>
       <c r="M4">
         <v>0</v>
       </c>
       <c r="N4">
         <v>54</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD4">
         <v>4</v>
       </c>
       <c r="AE4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T2</v>
       </c>
       <c r="B5">
         <v>2</v>
       </c>
       <c r="C5">
         <v>-1</v>
       </c>
       <c r="D5">
         <v>-1</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T3</v>
       </c>
       <c r="G5">
         <v>3</v>
       </c>
       <c r="H5" t="str">
-        <v xml:space="preserve">Oliver </v>
+        <v>Shane Lenth</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
+      <c r="K5">
+        <v>297037</v>
+      </c>
       <c r="L5" t="str">
-        <v>opence</v>
+        <v>slenth</v>
       </c>
       <c r="M5">
         <v>0</v>
       </c>
       <c r="N5">
         <v>54</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD5">
         <v>4</v>
       </c>
       <c r="AE5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T2</v>
       </c>
       <c r="B6">
         <v>2</v>
       </c>
       <c r="C6">
         <v>-1</v>
       </c>
       <c r="D6">
         <v>-4</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>T7</v>
       </c>
       <c r="G6">
         <v>7</v>
       </c>
       <c r="H6" t="str">