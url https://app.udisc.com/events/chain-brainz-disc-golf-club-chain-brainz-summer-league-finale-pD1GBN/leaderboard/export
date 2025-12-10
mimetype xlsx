--- v0 (2025-10-02)
+++ v1 (2025-12-10)
@@ -1579,50 +1579,53 @@
         <v>4</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>LW</v>
       </c>
       <c r="B14" t="str">
         <v>1</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Chad Rosenblum </v>
       </c>
       <c r="E14">
         <v>8</v>
       </c>
       <c r="F14">
         <v>66</v>
       </c>
+      <c r="G14">
+        <v>285677</v>
+      </c>
       <c r="H14" t="str">
         <v>chadrose1234</v>
       </c>
       <c r="I14">
         <v>8</v>
       </c>
       <c r="J14">
         <v>66</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">