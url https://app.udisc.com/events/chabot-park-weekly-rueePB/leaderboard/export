--- v0 (2025-10-25)
+++ v1 (2026-02-01)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB24"/>
+  <dimension ref="A1:AB51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="8.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -542,1687 +542,4285 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>David cox</v>
+        <v>Sal Lopez</v>
       </c>
       <c r="E2">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F2">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G2">
-        <v>119781</v>
+        <v>198470</v>
       </c>
       <c r="H2" t="str">
-        <v>coxdave</v>
+        <v>sallopez77</v>
       </c>
       <c r="I2">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="J2">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Juan Fielding</v>
+        <v>Joe Kestler</v>
       </c>
       <c r="E3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F3">
-        <v>49</v>
+        <v>48</v>
+      </c>
+      <c r="G3">
+        <v>104285</v>
       </c>
       <c r="H3" t="str">
-        <v>juanfielding</v>
+        <v>joek18</v>
       </c>
       <c r="I3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J3">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T2</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Greg Breazeale</v>
+        <v>David cox</v>
       </c>
       <c r="E4">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="F4">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G4">
-        <v>32819</v>
+        <v>119781</v>
       </c>
       <c r="H4" t="str">
-        <v>gbreazy</v>
+        <v>coxdave</v>
       </c>
       <c r="I4">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="J4">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>T2</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D5" t="str">
-        <v xml:space="preserve">Luiz Celeste </v>
+        <v>Lewis Bitney</v>
       </c>
       <c r="E5">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="F5">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>79742</v>
+        <v>48</v>
       </c>
       <c r="H5" t="str">
-        <v>lceleste1</v>
+        <v>lewisbitney</v>
       </c>
       <c r="I5">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J5">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U5">
         <v>2</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>billy lai</v>
+        <v>Martin Cotteral</v>
       </c>
       <c r="E6">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F6">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G6">
-        <v>148593</v>
+        <v>269452</v>
       </c>
       <c r="H6" t="str">
-        <v>billyinthe510</v>
+        <v>martin94pc</v>
       </c>
       <c r="I6">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J6">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
         <v>2</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Bob Montes</v>
+        <v>Juan Fielding</v>
       </c>
       <c r="E7">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="F7">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>3115</v>
+        <v>49</v>
       </c>
       <c r="H7" t="str">
-        <v>discman57</v>
+        <v>juanfielding</v>
       </c>
       <c r="I7">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="J7">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Jose Yasul</v>
+        <v>Greg Breazeale</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F8">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="G8">
-        <v>25404</v>
+        <v>32819</v>
       </c>
       <c r="H8" t="str">
-        <v>jiy3ndi85</v>
+        <v>gbreazy</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="J8">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>2</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>4</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>2</v>
+      </c>
+      <c r="R8">
+        <v>2</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>2</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>4</v>
+      </c>
+      <c r="Y8">
+        <v>2</v>
+      </c>
+      <c r="Z8">
+        <v>2</v>
+      </c>
+      <c r="AA8">
+        <v>2</v>
+      </c>
+      <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Nelio Fontes</v>
+        <v>Leano El</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F9">
-        <v>3</v>
+        <v>50</v>
+      </c>
+      <c r="G9">
+        <v>126049</v>
       </c>
       <c r="H9" t="str">
-        <v>neliofontes</v>
+        <v>leanoel</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="J9">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="K9">
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>2</v>
+      </c>
+      <c r="M9">
+        <v>2</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>2</v>
+      </c>
+      <c r="P9">
+        <v>4</v>
+      </c>
+      <c r="Q9">
+        <v>2</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>2</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>4</v>
+      </c>
+      <c r="Y9">
+        <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>4</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
-        <v>Paul Odze</v>
+        <v>Jason Ibrahim</v>
       </c>
       <c r="E10">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F10">
-        <v>3</v>
+        <v>50</v>
+      </c>
+      <c r="G10">
+        <v>152045</v>
       </c>
       <c r="H10" t="str">
-        <v>paulodze</v>
+        <v>babajide</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="J10">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="K10">
+        <v>3</v>
+      </c>
+      <c r="L10">
+        <v>2</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>4</v>
+      </c>
+      <c r="O10">
+        <v>4</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>2</v>
+      </c>
+      <c r="R10">
+        <v>2</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>1</v>
+      </c>
+      <c r="V10">
+        <v>2</v>
+      </c>
+      <c r="W10">
+        <v>4</v>
+      </c>
+      <c r="X10">
+        <v>4</v>
+      </c>
+      <c r="Y10">
+        <v>2</v>
+      </c>
+      <c r="Z10">
+        <v>2</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T7</v>
+        <v>T10</v>
       </c>
       <c r="C11">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Hunter Paniagua</v>
+        <v xml:space="preserve">Luiz Celeste </v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F11">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G11">
-        <v>181369</v>
+        <v>79742</v>
       </c>
       <c r="H11" t="str">
-        <v>hpaniagua</v>
+        <v>lceleste1</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J11">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z11">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Gregory Randolph</v>
+        <v>billy lai</v>
       </c>
       <c r="E12">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="F12">
-        <v>4</v>
+        <v>51</v>
       </c>
       <c r="G12">
-        <v>33948</v>
+        <v>148593</v>
       </c>
       <c r="H12" t="str">
-        <v>tranefollower</v>
+        <v>billyinthe510</v>
       </c>
       <c r="I12">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="J12">
-        <v>4</v>
+        <v>51</v>
       </c>
       <c r="K12">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>4</v>
+      </c>
+      <c r="M12">
+        <v>2</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>2</v>
+      </c>
+      <c r="P12">
+        <v>2</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>4</v>
+      </c>
+      <c r="T12">
+        <v>4</v>
+      </c>
+      <c r="U12">
+        <v>2</v>
+      </c>
+      <c r="V12">
+        <v>2</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>4</v>
+      </c>
+      <c r="Y12">
+        <v>2</v>
+      </c>
+      <c r="Z12">
+        <v>2</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C13">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D13" t="str">
-        <v>Montgomery Perez</v>
+        <v>Thomas Waugh</v>
       </c>
       <c r="E13">
+        <v>-3</v>
+      </c>
+      <c r="F13">
+        <v>51</v>
+      </c>
+      <c r="G13">
+        <v>317328</v>
+      </c>
+      <c r="H13" t="str">
+        <v>gooddaysunshine</v>
+      </c>
+      <c r="I13">
+        <v>-3</v>
+      </c>
+      <c r="J13">
+        <v>51</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>2</v>
+      </c>
+      <c r="M13">
+        <v>2</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>2</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
+        <v>2</v>
+      </c>
+      <c r="Z13">
         <v>1</v>
       </c>
-      <c r="F13">
-[...58 lines deleted...]
-      </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T11</v>
+        <v>13</v>
       </c>
       <c r="C14">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Tyler Crowder</v>
+        <v>Bob Montes</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="F14">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G14">
-        <v>143895</v>
+        <v>3115</v>
       </c>
       <c r="H14" t="str">
-        <v>tystik4056</v>
+        <v>discman57</v>
       </c>
       <c r="I14">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="J14">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T11</v>
+        <v>T14</v>
       </c>
       <c r="C15">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Joacim Mendoza</v>
+        <v>Jon Braidman</v>
       </c>
       <c r="E15">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F15">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="G15">
-        <v>233032</v>
+        <v>76969</v>
       </c>
       <c r="H15" t="str">
-        <v>joas08</v>
+        <v>jbraids</v>
       </c>
       <c r="I15">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J15">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T11</v>
+        <v>T14</v>
       </c>
       <c r="C16">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D16" t="str">
-        <v>Gerald McPartland</v>
+        <v>John Whitby</v>
       </c>
       <c r="E16">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="F16">
-        <v>55</v>
+        <v>53</v>
+      </c>
+      <c r="G16">
+        <v>184682</v>
       </c>
       <c r="H16" t="str">
-        <v>gees510</v>
+        <v>whitbyjg</v>
       </c>
       <c r="I16">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J16">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="K16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y16">
         <v>2</v>
       </c>
       <c r="Z16">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>T14</v>
       </c>
       <c r="C17">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D17" t="str">
-        <v>Sam Goldenberg</v>
+        <v>Aaron Cross</v>
       </c>
       <c r="E17">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F17">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="G17">
-        <v>134600</v>
+        <v>312397</v>
       </c>
       <c r="H17" t="str">
-        <v>samgoldenberg</v>
+        <v>thodagarst</v>
       </c>
       <c r="I17">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="J17">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="K17">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>2</v>
+      </c>
+      <c r="M17">
+        <v>2</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>4</v>
+      </c>
+      <c r="P17">
+        <v>2</v>
+      </c>
+      <c r="Q17">
+        <v>2</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>4</v>
+      </c>
+      <c r="U17">
+        <v>2</v>
+      </c>
+      <c r="V17">
+        <v>3</v>
+      </c>
+      <c r="W17">
+        <v>4</v>
+      </c>
+      <c r="X17">
+        <v>4</v>
+      </c>
+      <c r="Y17">
+        <v>3</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>3</v>
+      </c>
+      <c r="AB17">
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>T14</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D18" t="str">
-        <v>Derek Dubow</v>
+        <v>Jeff Perlmutter</v>
       </c>
       <c r="E18">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="F18">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>188777</v>
+        <v>53</v>
       </c>
       <c r="H18" t="str">
-        <v>derekdubow</v>
+        <v>kellenbreh</v>
       </c>
       <c r="I18">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="J18">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>2</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y18">
         <v>2</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB18">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T14</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D19" t="str">
-        <v>Alex Trono</v>
+        <v>Nelio Fontes</v>
       </c>
       <c r="E19">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="F19">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>226797</v>
+        <v>53</v>
       </c>
       <c r="H19" t="str">
-        <v>elzilcho</v>
+        <v>neliofontes</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="J19">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>4</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>T19</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D20" t="str">
-        <v>Thomas Bowman</v>
+        <v>Alex Bruner</v>
       </c>
       <c r="E20">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F20">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G20">
-        <v>259597</v>
+        <v>78371</v>
       </c>
       <c r="H20" t="str">
-        <v>thomasbowman</v>
+        <v>alexbruner</v>
       </c>
       <c r="I20">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J20">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="K20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X20">
         <v>4</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T20</v>
+        <v>T19</v>
       </c>
       <c r="C21">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D21" t="str">
-        <v>Roji Behr</v>
+        <v>Hunter Paniagua</v>
       </c>
       <c r="E21">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F21">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G21">
-        <v>123112</v>
+        <v>181369</v>
       </c>
       <c r="H21" t="str">
-        <v>rojibehr</v>
+        <v>hpaniagua</v>
       </c>
       <c r="I21">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J21">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X21">
         <v>4</v>
       </c>
       <c r="Y21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T20</v>
+        <v>T19</v>
       </c>
       <c r="C22">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D22" t="str">
-        <v>Juan Gonzalez</v>
+        <v>Chris North</v>
       </c>
       <c r="E22">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F22">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G22">
-        <v>234929</v>
+        <v>189939</v>
       </c>
       <c r="H22" t="str">
-        <v>juang23</v>
+        <v>cervantes</v>
       </c>
       <c r="I22">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J22">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N22">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB22">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>22</v>
+        <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Georgia Neale</v>
+        <v>Gregory Randolph</v>
       </c>
       <c r="E23">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="F23">
-        <v>81</v>
+        <v>55</v>
+      </c>
+      <c r="G23">
+        <v>33948</v>
       </c>
       <c r="H23" t="str">
-        <v>georgiabee</v>
+        <v>tranefollower</v>
       </c>
       <c r="I23">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="J23">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="K23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q23">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W23">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="AB23">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
+      <c r="B24" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C24">
+        <v>22</v>
+      </c>
       <c r="D24" t="str">
-        <v>Chris North</v>
+        <v>Tyler Crowder</v>
       </c>
       <c r="E24">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F24">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="G24">
-        <v>189939</v>
+        <v>143895</v>
       </c>
       <c r="H24" t="str">
-        <v>cervantes</v>
+        <v>tystik4056</v>
       </c>
       <c r="I24">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J24">
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="K24">
+        <v>3</v>
+      </c>
+      <c r="L24">
+        <v>2</v>
+      </c>
+      <c r="M24">
+        <v>4</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
+      </c>
+      <c r="P24">
+        <v>3</v>
+      </c>
+      <c r="Q24">
+        <v>3</v>
+      </c>
+      <c r="R24">
+        <v>2</v>
+      </c>
+      <c r="S24">
+        <v>3</v>
+      </c>
+      <c r="T24">
+        <v>4</v>
+      </c>
+      <c r="U24">
+        <v>2</v>
+      </c>
+      <c r="V24">
+        <v>3</v>
+      </c>
+      <c r="W24">
+        <v>5</v>
+      </c>
+      <c r="X24">
+        <v>4</v>
+      </c>
+      <c r="Y24">
+        <v>3</v>
+      </c>
+      <c r="Z24">
+        <v>2</v>
+      </c>
+      <c r="AA24">
+        <v>3</v>
+      </c>
+      <c r="AB24">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B25" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C25">
+        <v>22</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Jared Darfler</v>
+      </c>
+      <c r="E25">
+        <v>1</v>
+      </c>
+      <c r="F25">
+        <v>55</v>
+      </c>
+      <c r="G25">
+        <v>156144</v>
+      </c>
+      <c r="H25" t="str">
+        <v>darthler</v>
+      </c>
+      <c r="I25">
+        <v>1</v>
+      </c>
+      <c r="J25">
+        <v>55</v>
+      </c>
+      <c r="K25">
+        <v>2</v>
+      </c>
+      <c r="L25">
+        <v>2</v>
+      </c>
+      <c r="M25">
+        <v>3</v>
+      </c>
+      <c r="N25">
+        <v>4</v>
+      </c>
+      <c r="O25">
+        <v>2</v>
+      </c>
+      <c r="P25">
+        <v>2</v>
+      </c>
+      <c r="Q25">
+        <v>4</v>
+      </c>
+      <c r="R25">
+        <v>3</v>
+      </c>
+      <c r="S25">
+        <v>5</v>
+      </c>
+      <c r="T25">
+        <v>5</v>
+      </c>
+      <c r="U25">
+        <v>3</v>
+      </c>
+      <c r="V25">
+        <v>2</v>
+      </c>
+      <c r="W25">
+        <v>3</v>
+      </c>
+      <c r="X25">
+        <v>3</v>
+      </c>
+      <c r="Y25">
+        <v>3</v>
+      </c>
+      <c r="Z25">
+        <v>3</v>
+      </c>
+      <c r="AA25">
+        <v>3</v>
+      </c>
+      <c r="AB25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B26" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C26">
+        <v>22</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Joacim Mendoza</v>
+      </c>
+      <c r="E26">
+        <v>1</v>
+      </c>
+      <c r="F26">
+        <v>55</v>
+      </c>
+      <c r="G26">
+        <v>233032</v>
+      </c>
+      <c r="H26" t="str">
+        <v>joas08</v>
+      </c>
+      <c r="I26">
+        <v>1</v>
+      </c>
+      <c r="J26">
+        <v>55</v>
+      </c>
+      <c r="K26">
+        <v>3</v>
+      </c>
+      <c r="L26">
+        <v>3</v>
+      </c>
+      <c r="M26">
+        <v>2</v>
+      </c>
+      <c r="N26">
+        <v>3</v>
+      </c>
+      <c r="O26">
+        <v>4</v>
+      </c>
+      <c r="P26">
+        <v>3</v>
+      </c>
+      <c r="Q26">
+        <v>3</v>
+      </c>
+      <c r="R26">
+        <v>3</v>
+      </c>
+      <c r="S26">
+        <v>4</v>
+      </c>
+      <c r="T26">
+        <v>6</v>
+      </c>
+      <c r="U26">
+        <v>2</v>
+      </c>
+      <c r="V26">
+        <v>2</v>
+      </c>
+      <c r="W26">
+        <v>2</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
+      </c>
+      <c r="Y26">
+        <v>3</v>
+      </c>
+      <c r="Z26">
+        <v>2</v>
+      </c>
+      <c r="AA26">
+        <v>2</v>
+      </c>
+      <c r="AB26">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B27" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C27">
+        <v>22</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Santos Pablo</v>
+      </c>
+      <c r="E27">
+        <v>1</v>
+      </c>
+      <c r="F27">
+        <v>55</v>
+      </c>
+      <c r="G27">
+        <v>250268</v>
+      </c>
+      <c r="H27" t="str">
+        <v>santospm</v>
+      </c>
+      <c r="I27">
+        <v>1</v>
+      </c>
+      <c r="J27">
+        <v>55</v>
+      </c>
+      <c r="K27">
+        <v>4</v>
+      </c>
+      <c r="L27">
+        <v>4</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>4</v>
+      </c>
+      <c r="O27">
+        <v>3</v>
+      </c>
+      <c r="P27">
+        <v>2</v>
+      </c>
+      <c r="Q27">
+        <v>3</v>
+      </c>
+      <c r="R27">
+        <v>3</v>
+      </c>
+      <c r="S27">
+        <v>3</v>
+      </c>
+      <c r="T27">
+        <v>4</v>
+      </c>
+      <c r="U27">
+        <v>2</v>
+      </c>
+      <c r="V27">
+        <v>4</v>
+      </c>
+      <c r="W27">
+        <v>2</v>
+      </c>
+      <c r="X27">
+        <v>4</v>
+      </c>
+      <c r="Y27">
+        <v>2</v>
+      </c>
+      <c r="Z27">
+        <v>2</v>
+      </c>
+      <c r="AA27">
+        <v>3</v>
+      </c>
+      <c r="AB27">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B28" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C28">
+        <v>22</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Gerald McPartland</v>
+      </c>
+      <c r="E28">
+        <v>1</v>
+      </c>
+      <c r="F28">
+        <v>55</v>
+      </c>
+      <c r="H28" t="str">
+        <v>gees510</v>
+      </c>
+      <c r="I28">
+        <v>1</v>
+      </c>
+      <c r="J28">
+        <v>55</v>
+      </c>
+      <c r="K28">
+        <v>4</v>
+      </c>
+      <c r="L28">
+        <v>3</v>
+      </c>
+      <c r="M28">
+        <v>4</v>
+      </c>
+      <c r="N28">
+        <v>3</v>
+      </c>
+      <c r="O28">
+        <v>3</v>
+      </c>
+      <c r="P28">
+        <v>2</v>
+      </c>
+      <c r="Q28">
+        <v>2</v>
+      </c>
+      <c r="R28">
+        <v>3</v>
+      </c>
+      <c r="S28">
+        <v>3</v>
+      </c>
+      <c r="T28">
+        <v>3</v>
+      </c>
+      <c r="U28">
+        <v>3</v>
+      </c>
+      <c r="V28">
+        <v>5</v>
+      </c>
+      <c r="W28">
+        <v>2</v>
+      </c>
+      <c r="X28">
+        <v>3</v>
+      </c>
+      <c r="Y28">
+        <v>2</v>
+      </c>
+      <c r="Z28">
+        <v>5</v>
+      </c>
+      <c r="AA28">
+        <v>3</v>
+      </c>
+      <c r="AB28">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B29" t="str">
+        <v>T28</v>
+      </c>
+      <c r="C29">
+        <v>28</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Derek Dubow</v>
+      </c>
+      <c r="E29">
+        <v>2</v>
+      </c>
+      <c r="F29">
+        <v>56</v>
+      </c>
+      <c r="G29">
+        <v>188777</v>
+      </c>
+      <c r="H29" t="str">
+        <v>derekdubow</v>
+      </c>
+      <c r="I29">
+        <v>2</v>
+      </c>
+      <c r="J29">
+        <v>56</v>
+      </c>
+      <c r="K29">
+        <v>4</v>
+      </c>
+      <c r="L29">
+        <v>3</v>
+      </c>
+      <c r="M29">
+        <v>3</v>
+      </c>
+      <c r="N29">
+        <v>3</v>
+      </c>
+      <c r="O29">
+        <v>2</v>
+      </c>
+      <c r="P29">
+        <v>2</v>
+      </c>
+      <c r="Q29">
+        <v>4</v>
+      </c>
+      <c r="R29">
+        <v>3</v>
+      </c>
+      <c r="S29">
+        <v>3</v>
+      </c>
+      <c r="T29">
+        <v>3</v>
+      </c>
+      <c r="U29">
+        <v>3</v>
+      </c>
+      <c r="V29">
+        <v>2</v>
+      </c>
+      <c r="W29">
+        <v>3</v>
+      </c>
+      <c r="X29">
+        <v>4</v>
+      </c>
+      <c r="Y29">
+        <v>2</v>
+      </c>
+      <c r="Z29">
+        <v>3</v>
+      </c>
+      <c r="AA29">
+        <v>4</v>
+      </c>
+      <c r="AB29">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B30" t="str">
+        <v>T28</v>
+      </c>
+      <c r="C30">
+        <v>28</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Daniel Murrieta</v>
+      </c>
+      <c r="E30">
+        <v>2</v>
+      </c>
+      <c r="F30">
+        <v>56</v>
+      </c>
+      <c r="H30" t="str">
+        <v>danielmurrieta</v>
+      </c>
+      <c r="I30">
+        <v>2</v>
+      </c>
+      <c r="J30">
+        <v>56</v>
+      </c>
+      <c r="K30">
+        <v>3</v>
+      </c>
+      <c r="L30">
+        <v>4</v>
+      </c>
+      <c r="M30">
+        <v>3</v>
+      </c>
+      <c r="N30">
+        <v>3</v>
+      </c>
+      <c r="O30">
+        <v>2</v>
+      </c>
+      <c r="P30">
+        <v>4</v>
+      </c>
+      <c r="Q30">
+        <v>4</v>
+      </c>
+      <c r="R30">
+        <v>3</v>
+      </c>
+      <c r="S30">
+        <v>2</v>
+      </c>
+      <c r="T30">
+        <v>4</v>
+      </c>
+      <c r="U30">
+        <v>2</v>
+      </c>
+      <c r="V30">
+        <v>4</v>
+      </c>
+      <c r="W30">
+        <v>2</v>
+      </c>
+      <c r="X30">
+        <v>4</v>
+      </c>
+      <c r="Y30">
+        <v>3</v>
+      </c>
+      <c r="Z30">
+        <v>3</v>
+      </c>
+      <c r="AA30">
+        <v>3</v>
+      </c>
+      <c r="AB30">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B31" t="str">
+        <v>T28</v>
+      </c>
+      <c r="C31">
+        <v>28</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Tyler Parkhurst</v>
+      </c>
+      <c r="E31">
+        <v>2</v>
+      </c>
+      <c r="F31">
+        <v>56</v>
+      </c>
+      <c r="H31" t="str">
+        <v>tparkhurst</v>
+      </c>
+      <c r="I31">
+        <v>2</v>
+      </c>
+      <c r="J31">
+        <v>56</v>
+      </c>
+      <c r="K31">
+        <v>2</v>
+      </c>
+      <c r="L31">
+        <v>3</v>
+      </c>
+      <c r="M31">
+        <v>3</v>
+      </c>
+      <c r="N31">
+        <v>4</v>
+      </c>
+      <c r="O31">
+        <v>3</v>
+      </c>
+      <c r="P31">
+        <v>2</v>
+      </c>
+      <c r="Q31">
+        <v>3</v>
+      </c>
+      <c r="R31">
+        <v>3</v>
+      </c>
+      <c r="S31">
+        <v>4</v>
+      </c>
+      <c r="T31">
+        <v>4</v>
+      </c>
+      <c r="U31">
+        <v>3</v>
+      </c>
+      <c r="V31">
+        <v>3</v>
+      </c>
+      <c r="W31">
+        <v>4</v>
+      </c>
+      <c r="X31">
+        <v>2</v>
+      </c>
+      <c r="Y31">
+        <v>3</v>
+      </c>
+      <c r="Z31">
+        <v>3</v>
+      </c>
+      <c r="AA31">
+        <v>3</v>
+      </c>
+      <c r="AB31">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B32" t="str">
+        <v>T31</v>
+      </c>
+      <c r="C32">
+        <v>31</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Nathan La Chance</v>
+      </c>
+      <c r="E32">
+        <v>3</v>
+      </c>
+      <c r="F32">
+        <v>57</v>
+      </c>
+      <c r="G32">
+        <v>96400</v>
+      </c>
+      <c r="H32" t="str">
+        <v>natethegreat75</v>
+      </c>
+      <c r="I32">
+        <v>3</v>
+      </c>
+      <c r="J32">
+        <v>57</v>
+      </c>
+      <c r="K32">
+        <v>3</v>
+      </c>
+      <c r="L32">
+        <v>4</v>
+      </c>
+      <c r="M32">
+        <v>2</v>
+      </c>
+      <c r="N32">
+        <v>4</v>
+      </c>
+      <c r="O32">
+        <v>4</v>
+      </c>
+      <c r="P32">
+        <v>4</v>
+      </c>
+      <c r="Q32">
+        <v>5</v>
+      </c>
+      <c r="R32">
+        <v>2</v>
+      </c>
+      <c r="S32">
+        <v>3</v>
+      </c>
+      <c r="T32">
+        <v>3</v>
+      </c>
+      <c r="U32">
+        <v>2</v>
+      </c>
+      <c r="V32">
+        <v>2</v>
+      </c>
+      <c r="W32">
+        <v>3</v>
+      </c>
+      <c r="X32">
+        <v>3</v>
+      </c>
+      <c r="Y32">
+        <v>4</v>
+      </c>
+      <c r="Z32">
+        <v>3</v>
+      </c>
+      <c r="AA32">
+        <v>2</v>
+      </c>
+      <c r="AB32">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B33" t="str">
+        <v>T31</v>
+      </c>
+      <c r="C33">
+        <v>31</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Sam Goldenberg</v>
+      </c>
+      <c r="E33">
+        <v>3</v>
+      </c>
+      <c r="F33">
+        <v>57</v>
+      </c>
+      <c r="G33">
+        <v>134600</v>
+      </c>
+      <c r="H33" t="str">
+        <v>samgoldenberg</v>
+      </c>
+      <c r="I33">
+        <v>3</v>
+      </c>
+      <c r="J33">
+        <v>57</v>
+      </c>
+      <c r="K33">
+        <v>5</v>
+      </c>
+      <c r="L33">
+        <v>3</v>
+      </c>
+      <c r="M33">
+        <v>2</v>
+      </c>
+      <c r="N33">
+        <v>3</v>
+      </c>
+      <c r="O33">
+        <v>5</v>
+      </c>
+      <c r="P33">
+        <v>3</v>
+      </c>
+      <c r="Q33">
+        <v>4</v>
+      </c>
+      <c r="R33">
+        <v>3</v>
+      </c>
+      <c r="S33">
+        <v>2</v>
+      </c>
+      <c r="T33">
+        <v>3</v>
+      </c>
+      <c r="U33">
+        <v>3</v>
+      </c>
+      <c r="V33">
+        <v>3</v>
+      </c>
+      <c r="W33">
+        <v>3</v>
+      </c>
+      <c r="X33">
+        <v>4</v>
+      </c>
+      <c r="Y33">
+        <v>4</v>
+      </c>
+      <c r="Z33">
+        <v>2</v>
+      </c>
+      <c r="AA33">
+        <v>3</v>
+      </c>
+      <c r="AB33">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B34" t="str">
+        <v>T31</v>
+      </c>
+      <c r="C34">
+        <v>31</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Alex Trono</v>
+      </c>
+      <c r="E34">
+        <v>3</v>
+      </c>
+      <c r="F34">
+        <v>57</v>
+      </c>
+      <c r="G34">
+        <v>226797</v>
+      </c>
+      <c r="H34" t="str">
+        <v>elzilcho</v>
+      </c>
+      <c r="I34">
+        <v>3</v>
+      </c>
+      <c r="J34">
+        <v>57</v>
+      </c>
+      <c r="K34">
+        <v>3</v>
+      </c>
+      <c r="L34">
+        <v>2</v>
+      </c>
+      <c r="M34">
+        <v>5</v>
+      </c>
+      <c r="N34">
+        <v>4</v>
+      </c>
+      <c r="O34">
+        <v>3</v>
+      </c>
+      <c r="P34">
+        <v>2</v>
+      </c>
+      <c r="Q34">
+        <v>2</v>
+      </c>
+      <c r="R34">
+        <v>2</v>
+      </c>
+      <c r="S34">
+        <v>6</v>
+      </c>
+      <c r="T34">
+        <v>4</v>
+      </c>
+      <c r="U34">
+        <v>2</v>
+      </c>
+      <c r="V34">
+        <v>3</v>
+      </c>
+      <c r="W34">
+        <v>3</v>
+      </c>
+      <c r="X34">
+        <v>4</v>
+      </c>
+      <c r="Y34">
+        <v>3</v>
+      </c>
+      <c r="Z34">
+        <v>3</v>
+      </c>
+      <c r="AA34">
+        <v>4</v>
+      </c>
+      <c r="AB34">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B35" t="str">
+        <v>T31</v>
+      </c>
+      <c r="C35">
+        <v>31</v>
+      </c>
+      <c r="D35" t="str">
+        <v>Thomas Bowman</v>
+      </c>
+      <c r="E35">
+        <v>3</v>
+      </c>
+      <c r="F35">
+        <v>57</v>
+      </c>
+      <c r="G35">
+        <v>259597</v>
+      </c>
+      <c r="H35" t="str">
+        <v>thomasbowman</v>
+      </c>
+      <c r="I35">
+        <v>3</v>
+      </c>
+      <c r="J35">
+        <v>57</v>
+      </c>
+      <c r="K35">
+        <v>4</v>
+      </c>
+      <c r="L35">
+        <v>2</v>
+      </c>
+      <c r="M35">
+        <v>2</v>
+      </c>
+      <c r="N35">
+        <v>3</v>
+      </c>
+      <c r="O35">
+        <v>3</v>
+      </c>
+      <c r="P35">
+        <v>2</v>
+      </c>
+      <c r="Q35">
+        <v>3</v>
+      </c>
+      <c r="R35">
+        <v>3</v>
+      </c>
+      <c r="S35">
+        <v>5</v>
+      </c>
+      <c r="T35">
+        <v>3</v>
+      </c>
+      <c r="U35">
+        <v>4</v>
+      </c>
+      <c r="V35">
+        <v>3</v>
+      </c>
+      <c r="W35">
+        <v>4</v>
+      </c>
+      <c r="X35">
+        <v>4</v>
+      </c>
+      <c r="Y35">
+        <v>3</v>
+      </c>
+      <c r="Z35">
+        <v>3</v>
+      </c>
+      <c r="AA35">
+        <v>3</v>
+      </c>
+      <c r="AB35">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B36" t="str">
+        <v>T35</v>
+      </c>
+      <c r="C36">
+        <v>35</v>
+      </c>
+      <c r="D36" t="str">
+        <v>Roji Behr</v>
+      </c>
+      <c r="E36">
+        <v>4</v>
+      </c>
+      <c r="F36">
+        <v>58</v>
+      </c>
+      <c r="G36">
+        <v>123112</v>
+      </c>
+      <c r="H36" t="str">
+        <v>rojibehr</v>
+      </c>
+      <c r="I36">
+        <v>4</v>
+      </c>
+      <c r="J36">
+        <v>58</v>
+      </c>
+      <c r="K36">
+        <v>3</v>
+      </c>
+      <c r="L36">
+        <v>5</v>
+      </c>
+      <c r="M36">
+        <v>3</v>
+      </c>
+      <c r="N36">
+        <v>4</v>
+      </c>
+      <c r="O36">
+        <v>3</v>
+      </c>
+      <c r="P36">
+        <v>3</v>
+      </c>
+      <c r="Q36">
+        <v>3</v>
+      </c>
+      <c r="R36">
+        <v>3</v>
+      </c>
+      <c r="S36">
+        <v>3</v>
+      </c>
+      <c r="T36">
+        <v>3</v>
+      </c>
+      <c r="U36">
+        <v>3</v>
+      </c>
+      <c r="V36">
+        <v>2</v>
+      </c>
+      <c r="W36">
+        <v>4</v>
+      </c>
+      <c r="X36">
+        <v>4</v>
+      </c>
+      <c r="Y36">
+        <v>3</v>
+      </c>
+      <c r="Z36">
+        <v>3</v>
+      </c>
+      <c r="AA36">
+        <v>3</v>
+      </c>
+      <c r="AB36">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B37" t="str">
+        <v>T35</v>
+      </c>
+      <c r="C37">
+        <v>35</v>
+      </c>
+      <c r="D37" t="str">
+        <v>Juan Gonzalez</v>
+      </c>
+      <c r="E37">
+        <v>4</v>
+      </c>
+      <c r="F37">
+        <v>58</v>
+      </c>
+      <c r="G37">
+        <v>234929</v>
+      </c>
+      <c r="H37" t="str">
+        <v>juang23</v>
+      </c>
+      <c r="I37">
+        <v>4</v>
+      </c>
+      <c r="J37">
+        <v>58</v>
+      </c>
+      <c r="K37">
+        <v>3</v>
+      </c>
+      <c r="L37">
+        <v>3</v>
+      </c>
+      <c r="M37">
+        <v>3</v>
+      </c>
+      <c r="N37">
+        <v>6</v>
+      </c>
+      <c r="O37">
+        <v>3</v>
+      </c>
+      <c r="P37">
+        <v>3</v>
+      </c>
+      <c r="Q37">
+        <v>3</v>
+      </c>
+      <c r="R37">
+        <v>3</v>
+      </c>
+      <c r="S37">
+        <v>3</v>
+      </c>
+      <c r="T37">
+        <v>3</v>
+      </c>
+      <c r="U37">
+        <v>4</v>
+      </c>
+      <c r="V37">
+        <v>2</v>
+      </c>
+      <c r="W37">
+        <v>4</v>
+      </c>
+      <c r="X37">
+        <v>4</v>
+      </c>
+      <c r="Y37">
+        <v>4</v>
+      </c>
+      <c r="Z37">
+        <v>3</v>
+      </c>
+      <c r="AA37">
+        <v>2</v>
+      </c>
+      <c r="AB37">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B38" t="str">
+        <v>T35</v>
+      </c>
+      <c r="C38">
+        <v>35</v>
+      </c>
+      <c r="D38" t="str">
+        <v>Alejandro Espinoza</v>
+      </c>
+      <c r="E38">
+        <v>4</v>
+      </c>
+      <c r="F38">
+        <v>58</v>
+      </c>
+      <c r="H38" t="str">
+        <v>aledro</v>
+      </c>
+      <c r="I38">
+        <v>4</v>
+      </c>
+      <c r="J38">
+        <v>58</v>
+      </c>
+      <c r="K38">
+        <v>3</v>
+      </c>
+      <c r="L38">
+        <v>3</v>
+      </c>
+      <c r="M38">
+        <v>3</v>
+      </c>
+      <c r="N38">
+        <v>4</v>
+      </c>
+      <c r="O38">
+        <v>3</v>
+      </c>
+      <c r="P38">
+        <v>3</v>
+      </c>
+      <c r="Q38">
+        <v>3</v>
+      </c>
+      <c r="R38">
+        <v>4</v>
+      </c>
+      <c r="S38">
+        <v>4</v>
+      </c>
+      <c r="T38">
+        <v>4</v>
+      </c>
+      <c r="U38">
+        <v>3</v>
+      </c>
+      <c r="V38">
+        <v>3</v>
+      </c>
+      <c r="W38">
+        <v>2</v>
+      </c>
+      <c r="X38">
+        <v>4</v>
+      </c>
+      <c r="Y38">
+        <v>3</v>
+      </c>
+      <c r="Z38">
+        <v>3</v>
+      </c>
+      <c r="AA38">
+        <v>3</v>
+      </c>
+      <c r="AB38">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B39" t="str">
+        <v>T35</v>
+      </c>
+      <c r="C39">
+        <v>35</v>
+      </c>
+      <c r="D39" t="str">
+        <v>Paul Odze</v>
+      </c>
+      <c r="E39">
+        <v>4</v>
+      </c>
+      <c r="F39">
+        <v>58</v>
+      </c>
+      <c r="H39" t="str">
+        <v>paulodze</v>
+      </c>
+      <c r="I39">
+        <v>4</v>
+      </c>
+      <c r="J39">
+        <v>58</v>
+      </c>
+      <c r="K39">
+        <v>3</v>
+      </c>
+      <c r="L39">
+        <v>4</v>
+      </c>
+      <c r="M39">
+        <v>2</v>
+      </c>
+      <c r="N39">
+        <v>6</v>
+      </c>
+      <c r="O39">
+        <v>3</v>
+      </c>
+      <c r="P39">
+        <v>4</v>
+      </c>
+      <c r="Q39">
+        <v>4</v>
+      </c>
+      <c r="R39">
+        <v>3</v>
+      </c>
+      <c r="S39">
+        <v>3</v>
+      </c>
+      <c r="T39">
+        <v>4</v>
+      </c>
+      <c r="U39">
+        <v>3</v>
+      </c>
+      <c r="V39">
+        <v>3</v>
+      </c>
+      <c r="W39">
+        <v>4</v>
+      </c>
+      <c r="X39">
+        <v>2</v>
+      </c>
+      <c r="Y39">
+        <v>3</v>
+      </c>
+      <c r="Z39">
+        <v>2</v>
+      </c>
+      <c r="AA39">
+        <v>3</v>
+      </c>
+      <c r="AB39">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B40" t="str">
+        <v>39</v>
+      </c>
+      <c r="C40">
+        <v>39</v>
+      </c>
+      <c r="D40" t="str">
+        <v>Nelson Vasquez</v>
+      </c>
+      <c r="E40">
+        <v>5</v>
+      </c>
+      <c r="F40">
+        <v>59</v>
+      </c>
+      <c r="G40">
+        <v>79037</v>
+      </c>
+      <c r="H40" t="str">
+        <v>nelson89</v>
+      </c>
+      <c r="I40">
+        <v>5</v>
+      </c>
+      <c r="J40">
+        <v>59</v>
+      </c>
+      <c r="K40">
+        <v>3</v>
+      </c>
+      <c r="L40">
+        <v>4</v>
+      </c>
+      <c r="M40">
+        <v>3</v>
+      </c>
+      <c r="N40">
+        <v>3</v>
+      </c>
+      <c r="O40">
+        <v>3</v>
+      </c>
+      <c r="P40">
+        <v>2</v>
+      </c>
+      <c r="Q40">
+        <v>4</v>
+      </c>
+      <c r="R40">
+        <v>3</v>
+      </c>
+      <c r="S40">
+        <v>3</v>
+      </c>
+      <c r="T40">
+        <v>4</v>
+      </c>
+      <c r="U40">
+        <v>3</v>
+      </c>
+      <c r="V40">
+        <v>4</v>
+      </c>
+      <c r="W40">
+        <v>3</v>
+      </c>
+      <c r="X40">
+        <v>3</v>
+      </c>
+      <c r="Y40">
+        <v>3</v>
+      </c>
+      <c r="Z40">
+        <v>4</v>
+      </c>
+      <c r="AA40">
+        <v>3</v>
+      </c>
+      <c r="AB40">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B41" t="str">
+        <v>T40</v>
+      </c>
+      <c r="C41">
+        <v>40</v>
+      </c>
+      <c r="D41" t="str">
+        <v>Jose Yasul</v>
+      </c>
+      <c r="E41">
+        <v>6</v>
+      </c>
+      <c r="F41">
+        <v>60</v>
+      </c>
+      <c r="G41">
+        <v>25404</v>
+      </c>
+      <c r="H41" t="str">
+        <v>jiy3ndi85</v>
+      </c>
+      <c r="I41">
+        <v>6</v>
+      </c>
+      <c r="J41">
+        <v>60</v>
+      </c>
+      <c r="K41">
+        <v>3</v>
+      </c>
+      <c r="L41">
+        <v>3</v>
+      </c>
+      <c r="M41">
+        <v>2</v>
+      </c>
+      <c r="N41">
+        <v>5</v>
+      </c>
+      <c r="O41">
+        <v>4</v>
+      </c>
+      <c r="P41">
+        <v>4</v>
+      </c>
+      <c r="Q41">
+        <v>3</v>
+      </c>
+      <c r="R41">
+        <v>3</v>
+      </c>
+      <c r="S41">
+        <v>5</v>
+      </c>
+      <c r="T41">
+        <v>3</v>
+      </c>
+      <c r="U41">
+        <v>3</v>
+      </c>
+      <c r="V41">
+        <v>3</v>
+      </c>
+      <c r="W41">
+        <v>3</v>
+      </c>
+      <c r="X41">
+        <v>4</v>
+      </c>
+      <c r="Y41">
+        <v>4</v>
+      </c>
+      <c r="Z41">
+        <v>4</v>
+      </c>
+      <c r="AA41">
+        <v>2</v>
+      </c>
+      <c r="AB41">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B42" t="str">
+        <v>T40</v>
+      </c>
+      <c r="C42">
+        <v>40</v>
+      </c>
+      <c r="D42" t="str">
+        <v xml:space="preserve">Joey Nichols </v>
+      </c>
+      <c r="E42">
+        <v>6</v>
+      </c>
+      <c r="F42">
+        <v>60</v>
+      </c>
+      <c r="H42" t="str">
+        <v>joeynichols</v>
+      </c>
+      <c r="I42">
+        <v>6</v>
+      </c>
+      <c r="J42">
+        <v>60</v>
+      </c>
+      <c r="K42">
+        <v>4</v>
+      </c>
+      <c r="L42">
+        <v>4</v>
+      </c>
+      <c r="M42">
+        <v>5</v>
+      </c>
+      <c r="N42">
+        <v>3</v>
+      </c>
+      <c r="O42">
+        <v>4</v>
+      </c>
+      <c r="P42">
+        <v>3</v>
+      </c>
+      <c r="Q42">
+        <v>3</v>
+      </c>
+      <c r="R42">
+        <v>3</v>
+      </c>
+      <c r="S42">
+        <v>3</v>
+      </c>
+      <c r="T42">
+        <v>3</v>
+      </c>
+      <c r="U42">
+        <v>3</v>
+      </c>
+      <c r="V42">
+        <v>3</v>
+      </c>
+      <c r="W42">
+        <v>3</v>
+      </c>
+      <c r="X42">
+        <v>4</v>
+      </c>
+      <c r="Y42">
+        <v>3</v>
+      </c>
+      <c r="Z42">
+        <v>3</v>
+      </c>
+      <c r="AA42">
+        <v>2</v>
+      </c>
+      <c r="AB42">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B43" t="str">
+        <v>T40</v>
+      </c>
+      <c r="C43">
+        <v>40</v>
+      </c>
+      <c r="D43" t="str">
+        <v>Tim Waugh</v>
+      </c>
+      <c r="E43">
+        <v>6</v>
+      </c>
+      <c r="F43">
+        <v>60</v>
+      </c>
+      <c r="H43" t="str">
+        <v>twaugh</v>
+      </c>
+      <c r="I43">
+        <v>6</v>
+      </c>
+      <c r="J43">
+        <v>60</v>
+      </c>
+      <c r="K43">
+        <v>3</v>
+      </c>
+      <c r="L43">
+        <v>3</v>
+      </c>
+      <c r="M43">
+        <v>3</v>
+      </c>
+      <c r="N43">
+        <v>3</v>
+      </c>
+      <c r="O43">
+        <v>4</v>
+      </c>
+      <c r="P43">
+        <v>3</v>
+      </c>
+      <c r="Q43">
+        <v>4</v>
+      </c>
+      <c r="R43">
+        <v>3</v>
+      </c>
+      <c r="S43">
+        <v>4</v>
+      </c>
+      <c r="T43">
+        <v>3</v>
+      </c>
+      <c r="U43">
+        <v>3</v>
+      </c>
+      <c r="V43">
+        <v>2</v>
+      </c>
+      <c r="W43">
+        <v>4</v>
+      </c>
+      <c r="X43">
+        <v>5</v>
+      </c>
+      <c r="Y43">
+        <v>3</v>
+      </c>
+      <c r="Z43">
+        <v>4</v>
+      </c>
+      <c r="AA43">
+        <v>3</v>
+      </c>
+      <c r="AB43">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B44" t="str">
+        <v>43</v>
+      </c>
+      <c r="C44">
+        <v>43</v>
+      </c>
+      <c r="D44" t="str">
+        <v>Gonzalo</v>
+      </c>
+      <c r="E44">
+        <v>9</v>
+      </c>
+      <c r="F44">
+        <v>63</v>
+      </c>
+      <c r="H44" t="str">
+        <v>gonzalo0417</v>
+      </c>
+      <c r="I44">
+        <v>9</v>
+      </c>
+      <c r="J44">
+        <v>63</v>
+      </c>
+      <c r="K44">
+        <v>5</v>
+      </c>
+      <c r="L44">
+        <v>3</v>
+      </c>
+      <c r="M44">
+        <v>2</v>
+      </c>
+      <c r="N44">
+        <v>4</v>
+      </c>
+      <c r="O44">
+        <v>4</v>
+      </c>
+      <c r="P44">
+        <v>3</v>
+      </c>
+      <c r="Q44">
+        <v>5</v>
+      </c>
+      <c r="R44">
+        <v>3</v>
+      </c>
+      <c r="S44">
+        <v>3</v>
+      </c>
+      <c r="T44">
+        <v>4</v>
+      </c>
+      <c r="U44">
+        <v>3</v>
+      </c>
+      <c r="V44">
+        <v>2</v>
+      </c>
+      <c r="W44">
+        <v>3</v>
+      </c>
+      <c r="X44">
+        <v>4</v>
+      </c>
+      <c r="Y44">
+        <v>3</v>
+      </c>
+      <c r="Z44">
+        <v>5</v>
+      </c>
+      <c r="AA44">
+        <v>3</v>
+      </c>
+      <c r="AB44">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B45" t="str">
+        <v>44</v>
+      </c>
+      <c r="C45">
+        <v>44</v>
+      </c>
+      <c r="D45" t="str">
+        <v>Ian Willits</v>
+      </c>
+      <c r="E45">
+        <v>11</v>
+      </c>
+      <c r="F45">
+        <v>65</v>
+      </c>
+      <c r="H45" t="str">
+        <v>ianwillits</v>
+      </c>
+      <c r="I45">
+        <v>11</v>
+      </c>
+      <c r="J45">
+        <v>65</v>
+      </c>
+      <c r="K45">
+        <v>4</v>
+      </c>
+      <c r="L45">
+        <v>3</v>
+      </c>
+      <c r="M45">
+        <v>2</v>
+      </c>
+      <c r="N45">
+        <v>4</v>
+      </c>
+      <c r="O45">
+        <v>5</v>
+      </c>
+      <c r="P45">
+        <v>2</v>
+      </c>
+      <c r="Q45">
+        <v>5</v>
+      </c>
+      <c r="R45">
+        <v>3</v>
+      </c>
+      <c r="S45">
+        <v>3</v>
+      </c>
+      <c r="T45">
+        <v>4</v>
+      </c>
+      <c r="U45">
+        <v>3</v>
+      </c>
+      <c r="V45">
+        <v>5</v>
+      </c>
+      <c r="W45">
+        <v>7</v>
+      </c>
+      <c r="X45">
+        <v>5</v>
+      </c>
+      <c r="Y45">
+        <v>3</v>
+      </c>
+      <c r="Z45">
+        <v>3</v>
+      </c>
+      <c r="AA45">
+        <v>2</v>
+      </c>
+      <c r="AB45">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B46" t="str">
+        <v>45</v>
+      </c>
+      <c r="C46">
+        <v>45</v>
+      </c>
+      <c r="D46" t="str">
+        <v>Evan Boltwood</v>
+      </c>
+      <c r="E46">
+        <v>12</v>
+      </c>
+      <c r="F46">
+        <v>66</v>
+      </c>
+      <c r="H46" t="str">
+        <v>eboltwood</v>
+      </c>
+      <c r="I46">
+        <v>12</v>
+      </c>
+      <c r="J46">
+        <v>66</v>
+      </c>
+      <c r="K46">
+        <v>5</v>
+      </c>
+      <c r="L46">
+        <v>4</v>
+      </c>
+      <c r="M46">
+        <v>3</v>
+      </c>
+      <c r="N46">
+        <v>3</v>
+      </c>
+      <c r="O46">
+        <v>5</v>
+      </c>
+      <c r="P46">
+        <v>3</v>
+      </c>
+      <c r="Q46">
+        <v>2</v>
+      </c>
+      <c r="R46">
+        <v>3</v>
+      </c>
+      <c r="S46">
+        <v>5</v>
+      </c>
+      <c r="T46">
+        <v>6</v>
+      </c>
+      <c r="U46">
+        <v>4</v>
+      </c>
+      <c r="V46">
+        <v>4</v>
+      </c>
+      <c r="W46">
+        <v>3</v>
+      </c>
+      <c r="X46">
+        <v>4</v>
+      </c>
+      <c r="Y46">
+        <v>3</v>
+      </c>
+      <c r="Z46">
+        <v>3</v>
+      </c>
+      <c r="AA46">
+        <v>2</v>
+      </c>
+      <c r="AB46">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B47" t="str">
+        <v>46</v>
+      </c>
+      <c r="C47">
+        <v>46</v>
+      </c>
+      <c r="D47" t="str">
+        <v>Martin Otero</v>
+      </c>
+      <c r="E47">
+        <v>15</v>
+      </c>
+      <c r="F47">
+        <v>69</v>
+      </c>
+      <c r="G47">
+        <v>276061</v>
+      </c>
+      <c r="H47" t="str">
+        <v>motero</v>
+      </c>
+      <c r="I47">
+        <v>15</v>
+      </c>
+      <c r="J47">
+        <v>69</v>
+      </c>
+      <c r="K47">
+        <v>4</v>
+      </c>
+      <c r="L47">
+        <v>3</v>
+      </c>
+      <c r="M47">
+        <v>2</v>
+      </c>
+      <c r="N47">
+        <v>5</v>
+      </c>
+      <c r="O47">
+        <v>4</v>
+      </c>
+      <c r="P47">
+        <v>4</v>
+      </c>
+      <c r="Q47">
+        <v>4</v>
+      </c>
+      <c r="R47">
+        <v>3</v>
+      </c>
+      <c r="S47">
+        <v>4</v>
+      </c>
+      <c r="T47">
+        <v>5</v>
+      </c>
+      <c r="U47">
+        <v>5</v>
+      </c>
+      <c r="V47">
+        <v>3</v>
+      </c>
+      <c r="W47">
+        <v>4</v>
+      </c>
+      <c r="X47">
+        <v>4</v>
+      </c>
+      <c r="Y47">
+        <v>4</v>
+      </c>
+      <c r="Z47">
+        <v>3</v>
+      </c>
+      <c r="AA47">
+        <v>4</v>
+      </c>
+      <c r="AB47">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B48" t="str">
+        <v>47</v>
+      </c>
+      <c r="C48">
+        <v>47</v>
+      </c>
+      <c r="D48" t="str">
+        <v>Nick Rapach</v>
+      </c>
+      <c r="E48">
+        <v>18</v>
+      </c>
+      <c r="F48">
+        <v>72</v>
+      </c>
+      <c r="H48" t="str">
+        <v>nickvr</v>
+      </c>
+      <c r="I48">
+        <v>18</v>
+      </c>
+      <c r="J48">
+        <v>72</v>
+      </c>
+      <c r="K48">
+        <v>5</v>
+      </c>
+      <c r="L48">
+        <v>3</v>
+      </c>
+      <c r="M48">
+        <v>3</v>
+      </c>
+      <c r="N48">
+        <v>5</v>
+      </c>
+      <c r="O48">
+        <v>5</v>
+      </c>
+      <c r="P48">
+        <v>3</v>
+      </c>
+      <c r="Q48">
+        <v>3</v>
+      </c>
+      <c r="R48">
+        <v>3</v>
+      </c>
+      <c r="S48">
+        <v>4</v>
+      </c>
+      <c r="T48">
+        <v>6</v>
+      </c>
+      <c r="U48">
+        <v>4</v>
+      </c>
+      <c r="V48">
+        <v>4</v>
+      </c>
+      <c r="W48">
+        <v>5</v>
+      </c>
+      <c r="X48">
+        <v>4</v>
+      </c>
+      <c r="Y48">
+        <v>3</v>
+      </c>
+      <c r="Z48">
+        <v>2</v>
+      </c>
+      <c r="AA48">
+        <v>4</v>
+      </c>
+      <c r="AB48">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B49" t="str">
+        <v>48</v>
+      </c>
+      <c r="C49">
+        <v>48</v>
+      </c>
+      <c r="D49" t="str">
+        <v>Georgia Neale</v>
+      </c>
+      <c r="E49">
+        <v>27</v>
+      </c>
+      <c r="F49">
+        <v>81</v>
+      </c>
+      <c r="H49" t="str">
+        <v>georgiabee</v>
+      </c>
+      <c r="I49">
+        <v>27</v>
+      </c>
+      <c r="J49">
+        <v>81</v>
+      </c>
+      <c r="K49">
+        <v>5</v>
+      </c>
+      <c r="L49">
+        <v>4</v>
+      </c>
+      <c r="M49">
+        <v>3</v>
+      </c>
+      <c r="N49">
+        <v>5</v>
+      </c>
+      <c r="O49">
+        <v>5</v>
+      </c>
+      <c r="P49">
+        <v>4</v>
+      </c>
+      <c r="Q49">
+        <v>5</v>
+      </c>
+      <c r="R49">
+        <v>4</v>
+      </c>
+      <c r="S49">
+        <v>4</v>
+      </c>
+      <c r="T49">
+        <v>7</v>
+      </c>
+      <c r="U49">
+        <v>4</v>
+      </c>
+      <c r="V49">
+        <v>5</v>
+      </c>
+      <c r="W49">
+        <v>5</v>
+      </c>
+      <c r="X49">
+        <v>4</v>
+      </c>
+      <c r="Y49">
+        <v>4</v>
+      </c>
+      <c r="Z49">
+        <v>4</v>
+      </c>
+      <c r="AA49">
+        <v>6</v>
+      </c>
+      <c r="AB49">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B50" t="str">
+        <v>49</v>
+      </c>
+      <c r="C50">
+        <v>49</v>
+      </c>
+      <c r="D50" t="str">
+        <v>katie dwyer</v>
+      </c>
+      <c r="E50">
+        <v>31</v>
+      </c>
+      <c r="F50">
+        <v>85</v>
+      </c>
+      <c r="H50" t="str">
+        <v>springhawk415</v>
+      </c>
+      <c r="I50">
+        <v>31</v>
+      </c>
+      <c r="J50">
+        <v>85</v>
+      </c>
+      <c r="K50">
+        <v>7</v>
+      </c>
+      <c r="L50">
+        <v>6</v>
+      </c>
+      <c r="M50">
+        <v>4</v>
+      </c>
+      <c r="N50">
+        <v>7</v>
+      </c>
+      <c r="O50">
+        <v>3</v>
+      </c>
+      <c r="P50">
+        <v>5</v>
+      </c>
+      <c r="Q50">
+        <v>4</v>
+      </c>
+      <c r="R50">
+        <v>3</v>
+      </c>
+      <c r="S50">
+        <v>4</v>
+      </c>
+      <c r="T50">
+        <v>5</v>
+      </c>
+      <c r="U50">
+        <v>4</v>
+      </c>
+      <c r="V50">
+        <v>4</v>
+      </c>
+      <c r="W50">
+        <v>5</v>
+      </c>
+      <c r="X50">
+        <v>4</v>
+      </c>
+      <c r="Y50">
+        <v>5</v>
+      </c>
+      <c r="Z50">
+        <v>4</v>
+      </c>
+      <c r="AA50">
+        <v>5</v>
+      </c>
+      <c r="AB50">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B51" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D51" t="str">
+        <v>Montgomery Perez</v>
+      </c>
+      <c r="E51">
+        <v>1</v>
+      </c>
+      <c r="F51">
+        <v>52</v>
+      </c>
+      <c r="G51">
+        <v>88010</v>
+      </c>
+      <c r="H51" t="str">
+        <v>montgomery88010</v>
+      </c>
+      <c r="I51">
+        <v>1</v>
+      </c>
+      <c r="J51">
+        <v>52</v>
+      </c>
+      <c r="L51">
+        <v>3</v>
+      </c>
+      <c r="M51">
+        <v>4</v>
+      </c>
+      <c r="N51">
+        <v>5</v>
+      </c>
+      <c r="O51">
+        <v>2</v>
+      </c>
+      <c r="P51">
+        <v>2</v>
+      </c>
+      <c r="Q51">
+        <v>2</v>
+      </c>
+      <c r="R51">
+        <v>3</v>
+      </c>
+      <c r="S51">
+        <v>3</v>
+      </c>
+      <c r="T51">
+        <v>3</v>
+      </c>
+      <c r="U51">
+        <v>3</v>
+      </c>
+      <c r="V51">
+        <v>4</v>
+      </c>
+      <c r="W51">
+        <v>3</v>
+      </c>
+      <c r="X51">
+        <v>4</v>
+      </c>
+      <c r="Y51">
+        <v>3</v>
+      </c>
+      <c r="Z51">
+        <v>3</v>
+      </c>
+      <c r="AA51">
+        <v>3</v>
+      </c>
+      <c r="AB51">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB24"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB51"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 