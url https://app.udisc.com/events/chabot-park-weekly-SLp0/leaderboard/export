--- v0 (2025-10-21)
+++ v1 (2026-02-01)
@@ -4866,50 +4866,53 @@
         <v>3</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>GEN</v>
       </c>
       <c r="B54" t="str">
         <v>53</v>
       </c>
       <c r="C54">
         <v>53</v>
       </c>
       <c r="D54" t="str">
         <v>Nicholas Berger</v>
       </c>
       <c r="E54">
         <v>16</v>
       </c>
       <c r="F54">
         <v>70</v>
       </c>
+      <c r="G54">
+        <v>318729</v>
+      </c>
       <c r="H54" t="str">
         <v>mrpinecone</v>
       </c>
       <c r="I54">
         <v>16</v>
       </c>
       <c r="J54">
         <v>70</v>
       </c>
       <c r="K54">
         <v>5</v>
       </c>
       <c r="L54">
         <v>3</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
         <v>5</v>
       </c>
       <c r="O54">
         <v>4</v>
       </c>
       <c r="P54">