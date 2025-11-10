--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -1644,50 +1644,53 @@
         <v>5</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Adam Clampet</v>
       </c>
       <c r="E15">
         <v>14</v>
       </c>
       <c r="F15">
         <v>68</v>
       </c>
+      <c r="G15">
+        <v>317660</v>
+      </c>
       <c r="H15" t="str">
         <v>aclampet</v>
       </c>
       <c r="I15">
         <v>14</v>
       </c>
       <c r="J15">
         <v>68</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>5</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">