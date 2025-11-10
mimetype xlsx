--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1973,50 +1973,53 @@
         <v>4</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Adam Clampet</v>
       </c>
       <c r="E19">
         <v>17</v>
       </c>
       <c r="F19">
         <v>71</v>
       </c>
+      <c r="G19">
+        <v>317660</v>
+      </c>
       <c r="H19" t="str">
         <v>aclampet</v>
       </c>
       <c r="I19">
         <v>17</v>
       </c>
       <c r="J19">
         <v>71</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">