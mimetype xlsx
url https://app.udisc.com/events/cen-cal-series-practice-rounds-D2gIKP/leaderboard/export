--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -635,209 +635,212 @@
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>5</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Gen</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>David Rangel</v>
+        <v>Eric Turpin</v>
       </c>
       <c r="E3">
         <v>-3</v>
       </c>
       <c r="F3">
         <v>55</v>
       </c>
       <c r="G3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H3">
-        <v>303571</v>
+        <v>67506</v>
       </c>
       <c r="I3" t="str">
-        <v>davidr22</v>
+        <v>edt2024</v>
       </c>
       <c r="J3">
         <v>-3</v>
       </c>
       <c r="K3">
         <v>55</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
         <v>4</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Gen</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Eric Turpin</v>
+        <v>David Rangel</v>
       </c>
       <c r="E4">
         <v>-3</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="G4">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H4">
+        <v>303571</v>
       </c>
       <c r="I4" t="str">
-        <v>edt2024</v>
+        <v>davidr22</v>
       </c>
       <c r="J4">
         <v>-3</v>
       </c>
       <c r="K4">
         <v>55</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Gen</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Colby Juarez</v>
       </c>
       <c r="E5">
         <v>-1</v>
       </c>
       <c r="F5">
         <v>57</v>
       </c>
       <c r="G5">
@@ -1599,292 +1602,298 @@
       </c>
       <c r="Y13">
         <v>4</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>5</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Gen</v>
       </c>
       <c r="B14" t="str">
         <v>DUP</v>
       </c>
       <c r="D14" t="str">
-        <v>Ricardo Cabrera</v>
+        <v>Eric Turpin</v>
       </c>
       <c r="E14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F14">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="G14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H14">
-        <v>276899</v>
+        <v>67506</v>
       </c>
       <c r="I14" t="str">
-        <v>saiyangod4393</v>
+        <v>edt2024</v>
       </c>
       <c r="J14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K14">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Gen</v>
       </c>
       <c r="B15" t="str">
         <v>DUP</v>
       </c>
       <c r="D15" t="str">
         <v>Eric Turpin</v>
       </c>
       <c r="E15">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F15">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="G15">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="H15">
+        <v>67506</v>
       </c>
       <c r="I15" t="str">
         <v>edt2024</v>
       </c>
       <c r="J15">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="K15">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z15">
         <v>2</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Gen</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v>Eric Turpin</v>
+        <v>Ricardo Cabrera</v>
       </c>
       <c r="E16">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="F16">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G16">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H16">
+        <v>276899</v>
       </c>
       <c r="I16" t="str">
-        <v>edt2024</v>
+        <v>saiyangod4393</v>
       </c>
       <c r="J16">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="K16">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>4</v>
       </c>
       <c r="S16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC16">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Gen</v>
       </c>
       <c r="B17" t="str">
         <v>DUP</v>
       </c>
       <c r="D17" t="str">
         <v>Lucas Bettencourt</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17">
         <v>68</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="I17" t="str">
         <v>lucas0007</v>
       </c>
       <c r="J17">