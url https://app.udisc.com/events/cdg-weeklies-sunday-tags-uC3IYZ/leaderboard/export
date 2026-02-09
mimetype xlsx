--- v0 (2025-12-13)
+++ v1 (2026-02-09)
@@ -1404,50 +1404,53 @@
         <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>OPN</v>
       </c>
       <c r="B12" t="str">
         <v>8</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="str">
         <v>Simon Bishop</v>
       </c>
       <c r="E12">
         <v>-5</v>
       </c>
       <c r="F12">
         <v>49</v>
       </c>
+      <c r="G12">
+        <v>319302</v>
+      </c>
       <c r="H12" t="str">
         <v>cohuttariverrat</v>
       </c>
       <c r="I12">
         <v>-5</v>
       </c>
       <c r="J12">
         <v>49</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
@@ -2082,50 +2085,53 @@
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>OPN</v>
       </c>
       <c r="B20" t="str">
         <v>16</v>
       </c>
       <c r="C20">
         <v>16</v>
       </c>
       <c r="D20" t="str">
         <v>Bryson Lowe</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>55</v>
+      </c>
+      <c r="G20">
+        <v>300260</v>
       </c>
       <c r="H20" t="str">
         <v>tidepride5</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20">
         <v>55</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>