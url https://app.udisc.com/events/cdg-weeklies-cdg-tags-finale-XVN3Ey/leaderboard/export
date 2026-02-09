--- v0 (2025-12-13)
+++ v1 (2026-02-09)
@@ -2943,50 +2943,53 @@
         <v>3</v>
       </c>
       <c r="AB29">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>OPN</v>
       </c>
       <c r="B30" t="str">
         <v>T24</v>
       </c>
       <c r="C30">
         <v>24</v>
       </c>
       <c r="D30" t="str">
         <v>Bryson Lowe</v>
       </c>
       <c r="E30">
         <v>6</v>
       </c>
       <c r="F30">
         <v>64</v>
       </c>
+      <c r="G30">
+        <v>300260</v>
+      </c>
       <c r="H30" t="str">
         <v>tidepride5</v>
       </c>
       <c r="I30">
         <v>6</v>
       </c>
       <c r="J30">
         <v>64</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>2</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>5</v>
       </c>
       <c r="P30">
@@ -3790,50 +3793,53 @@
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>OPN</v>
       </c>
       <c r="B40" t="str">
         <v>T33</v>
       </c>
       <c r="C40">
         <v>33</v>
       </c>
       <c r="D40" t="str">
         <v>Simon Bishop</v>
       </c>
       <c r="E40">
         <v>12</v>
       </c>
       <c r="F40">
         <v>70</v>
+      </c>
+      <c r="G40">
+        <v>319302</v>
       </c>
       <c r="H40" t="str">
         <v>cohuttariverrat</v>
       </c>
       <c r="I40">
         <v>12</v>
       </c>
       <c r="J40">
         <v>70</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
         <v>5</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>