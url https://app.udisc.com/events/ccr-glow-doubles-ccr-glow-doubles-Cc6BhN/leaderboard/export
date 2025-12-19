--- v0 (2025-11-11)
+++ v1 (2025-12-19)
@@ -1575,51 +1575,51 @@
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Frank Taylor &amp; Emily Seeling</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>63</v>
       </c>
       <c r="H13" t="str">
-        <v>biggieman69,emseeling</v>
+        <v>biggman69,emseeling</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>63</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>