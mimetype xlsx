--- v0 (2025-10-20)
+++ v1 (2026-01-11)
@@ -963,197 +963,200 @@
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA1</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Jacob Ambrose</v>
+        <v>Rick dobson</v>
       </c>
       <c r="E7">
         <v>-4</v>
       </c>
       <c r="F7">
         <v>50</v>
       </c>
+      <c r="G7">
+        <v>300688</v>
+      </c>
       <c r="H7" t="str">
-        <v>backhanddennis</v>
+        <v>rickdobson36</v>
       </c>
       <c r="I7">
         <v>-4</v>
       </c>
       <c r="J7">
         <v>50</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA1</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Rick dobson</v>
+        <v>Jacob Ambrose</v>
       </c>
       <c r="E8">
         <v>-4</v>
       </c>
       <c r="F8">
         <v>50</v>
       </c>
       <c r="H8" t="str">
-        <v>rickdobson36</v>
+        <v>backhanddennis</v>
       </c>
       <c r="I8">
         <v>-4</v>
       </c>
       <c r="J8">
         <v>50</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
         <v>2</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Keith Phillips</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">