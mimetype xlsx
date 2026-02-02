--- v1 (2026-01-11)
+++ v2 (2026-02-02)
@@ -1727,50 +1727,53 @@
         <v>3</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA1</v>
       </c>
       <c r="B16" t="str">
         <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Bear</v>
       </c>
       <c r="E16">
         <v>5</v>
       </c>
       <c r="F16">
         <v>59</v>
       </c>
+      <c r="G16">
+        <v>319709</v>
+      </c>
       <c r="H16" t="str">
         <v>bear1978</v>
       </c>
       <c r="I16">
         <v>5</v>
       </c>
       <c r="J16">
         <v>59</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">