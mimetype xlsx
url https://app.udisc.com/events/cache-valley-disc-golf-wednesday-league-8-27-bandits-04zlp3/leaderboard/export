--- v0 (2025-10-22)
+++ v1 (2026-02-01)
@@ -1404,50 +1404,53 @@
         <v>4</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA2</v>
       </c>
       <c r="B13" t="str">
         <v>4</v>
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13" t="str">
         <v>Nolan Jones</v>
       </c>
       <c r="E13">
         <v>11</v>
       </c>
       <c r="F13">
         <v>63</v>
       </c>
+      <c r="G13">
+        <v>319632</v>
+      </c>
       <c r="H13" t="str">
         <v>jones66</v>
       </c>
       <c r="I13">
         <v>11</v>
       </c>
       <c r="J13">
         <v>63</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">