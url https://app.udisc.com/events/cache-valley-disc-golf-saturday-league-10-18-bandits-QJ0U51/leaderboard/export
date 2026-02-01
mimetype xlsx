--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -1313,182 +1313,179 @@
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>6</v>
       </c>
       <c r="Z11">
         <v>7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA3</v>
       </c>
       <c r="B12" t="str">
         <v>5</v>
       </c>
       <c r="C12">
         <v>5</v>
       </c>
       <c r="D12" t="str">
-        <v>Daniel Groll</v>
+        <v>Dillon Noland</v>
       </c>
       <c r="E12">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F12">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="H12" t="str">
-        <v>dannygroll</v>
+        <v>voctrola</v>
       </c>
       <c r="I12">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J12">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P12">
+        <v>7</v>
+      </c>
+      <c r="Q12">
         <v>6</v>
       </c>
-      <c r="Q12">
-[...1 lines deleted...]
-      </c>
       <c r="R12">
         <v>5</v>
       </c>
       <c r="S12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>4</v>
+      </c>
+      <c r="X12">
         <v>4</v>
       </c>
       <c r="Y12">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="Z12">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Daniel Groll</v>
+      </c>
+      <c r="E13">
+        <v>14</v>
+      </c>
+      <c r="F13">
+        <v>57</v>
+      </c>
+      <c r="H13" t="str">
+        <v>dannygroll</v>
+      </c>
+      <c r="I13">
+        <v>14</v>
+      </c>
+      <c r="J13">
+        <v>57</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>4</v>
+      </c>
+      <c r="M13">
+        <v>4</v>
+      </c>
+      <c r="N13">
+        <v>5</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
         <v>6</v>
       </c>
-      <c r="C13">
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>5</v>
+      </c>
+      <c r="S13">
+        <v>5</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
         <v>6</v>
       </c>
-      <c r="D13" t="str">
-[...61 lines deleted...]
-      </c>
       <c r="Z13">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:Z13"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>