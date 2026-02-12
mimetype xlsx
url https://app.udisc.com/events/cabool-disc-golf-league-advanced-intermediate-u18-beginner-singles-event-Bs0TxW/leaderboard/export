--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -901,50 +901,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>ADV</v>
       </c>
       <c r="B6" t="str">
         <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
         <v>Nathan P</v>
       </c>
       <c r="E6">
         <v>-5</v>
       </c>
       <c r="F6">
         <v>52</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
+      <c r="H6">
+        <v>320822</v>
+      </c>
       <c r="I6" t="str">
         <v>npabarcus</v>
       </c>
       <c r="J6">
         <v>-5</v>
       </c>
       <c r="K6">
         <v>52</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">