--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2158,51 +2158,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Serafin Pina</v>
       </c>
       <c r="E21">
         <v>4</v>
       </c>
       <c r="F21">
         <v>61</v>
       </c>
       <c r="G21">
         <v>233228</v>
       </c>
       <c r="H21" t="str">
-        <v>serafin</v>
+        <v>serafinpiña</v>
       </c>
       <c r="I21">
         <v>4</v>
       </c>
       <c r="J21">
         <v>61</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
         <v>4</v>
       </c>