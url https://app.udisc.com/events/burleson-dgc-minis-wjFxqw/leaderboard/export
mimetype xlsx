--- v0 (2025-11-30)
+++ v1 (2026-01-12)
@@ -1328,51 +1328,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA1</v>
       </c>
       <c r="B11" t="str">
         <v>5</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11" t="str">
         <v>Kainoa Hussey</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>56</v>
       </c>
       <c r="G11">
         <v>149952</v>
       </c>
       <c r="H11" t="str">
-        <v>kainoa11</v>
+        <v>kainoa14</v>
       </c>
       <c r="I11">
         <v>2</v>
       </c>
       <c r="J11">
         <v>56</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>