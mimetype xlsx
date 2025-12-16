--- v0 (2025-11-19)
+++ v1 (2025-12-16)
@@ -768,50 +768,53 @@
       </c>
       <c r="C4">
         <v>5</v>
       </c>
       <c r="D4">
         <v>-20</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>T8</v>
       </c>
       <c r="G4">
         <v>8</v>
       </c>
       <c r="H4" t="str">
         <v>Josh Galindo</v>
       </c>
       <c r="I4">
         <v>25</v>
       </c>
       <c r="J4">
         <v>86</v>
       </c>
+      <c r="K4">
+        <v>318539</v>
+      </c>
       <c r="L4" t="str">
         <v>splitix</v>
       </c>
       <c r="M4">
         <v>25</v>
       </c>
       <c r="N4">
         <v>86</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>5</v>
       </c>
       <c r="R4">
         <v>7</v>
       </c>
       <c r="S4">
         <v>5</v>
       </c>
       <c r="T4">