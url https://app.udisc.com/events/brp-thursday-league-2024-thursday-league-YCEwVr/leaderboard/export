--- v0 (2025-11-19)
+++ v1 (2025-12-15)
@@ -564,51 +564,51 @@
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Joseph Ikier</v>
       </c>
       <c r="E2">
         <v>-6</v>
       </c>
       <c r="F2">
         <v>52</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2">
         <v>83650</v>
       </c>
       <c r="I2" t="str">
-        <v>ikier1337</v>
+        <v>ikier7</v>
       </c>
       <c r="J2">
         <v>-6</v>
       </c>
       <c r="K2">
         <v>52</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>4</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>