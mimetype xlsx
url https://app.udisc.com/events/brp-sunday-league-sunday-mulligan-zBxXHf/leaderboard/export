--- v0 (2025-11-19)
+++ v1 (2025-12-15)
@@ -2474,51 +2474,51 @@
       <c r="A18" t="str">
         <v>MPO</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Joseph Ikier</v>
       </c>
       <c r="E18">
         <v>-8</v>
       </c>
       <c r="F18">
         <v>81</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
         <v>83650</v>
       </c>
       <c r="I18" t="str">
-        <v>ikier1337</v>
+        <v>ikier7</v>
       </c>
       <c r="J18">
         <v>-8</v>
       </c>
       <c r="K18">
         <v>81</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>6</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>2</v>
       </c>