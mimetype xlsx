--- v0 (2025-11-19)
+++ v1 (2025-12-16)
@@ -10255,51 +10255,51 @@
       <c r="A70" t="str">
         <v>MA3</v>
       </c>
       <c r="B70" t="str">
         <v>T5</v>
       </c>
       <c r="C70">
         <v>5</v>
       </c>
       <c r="D70" t="str">
         <v>Chris Hood</v>
       </c>
       <c r="E70">
         <v>3</v>
       </c>
       <c r="F70">
         <v>113</v>
       </c>
       <c r="G70">
         <v>1</v>
       </c>
       <c r="H70">
         <v>281640</v>
       </c>
       <c r="I70" t="str">
-        <v>chood218</v>
+        <v>mnhomegrown</v>
       </c>
       <c r="J70">
         <v>3</v>
       </c>
       <c r="K70">
         <v>113</v>
       </c>
       <c r="L70">
         <v>3</v>
       </c>
       <c r="M70">
         <v>5</v>
       </c>
       <c r="N70">
         <v>2</v>
       </c>
       <c r="O70">
         <v>4</v>
       </c>
       <c r="P70">
         <v>3</v>
       </c>
       <c r="Q70">
         <v>3</v>
       </c>