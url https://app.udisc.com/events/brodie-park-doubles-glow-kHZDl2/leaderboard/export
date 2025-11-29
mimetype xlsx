--- v0 (2025-11-08)
+++ v1 (2025-11-29)
@@ -536,154 +536,145 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
         <v>Dustin b &amp; Joey Tota</v>
       </c>
       <c r="E2">
         <v>-3</v>
       </c>
       <c r="F2">
         <v>20</v>
       </c>
       <c r="H2" t="str">
         <v>dmanb2k,joeytota</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>20</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Tim Kretz &amp; George Dotson</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>23</v>
       </c>
       <c r="H3" t="str">
         <v>sarge122,brownmoses</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>23</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>4</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
         <v>Shannon Stewart &amp; Steve Moore</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
         <v>31</v>
       </c>
       <c r="H4" t="str">
         <v>shannonstewart,stevem38</v>
       </c>
       <c r="I4">
         <v>2</v>
       </c>
       <c r="J4">
         <v>31</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
@@ -692,54 +683,51 @@
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
         <v>joe tota</v>
       </c>
       <c r="E5">
         <v>2</v>
       </c>
       <c r="F5">
         <v>31</v>
       </c>
       <c r="H5" t="str">
         <v>jotote62</v>
       </c>
       <c r="I5">
         <v>2</v>
       </c>
       <c r="J5">
         <v>31</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>