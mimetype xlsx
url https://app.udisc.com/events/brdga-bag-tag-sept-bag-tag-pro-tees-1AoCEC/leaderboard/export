--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -2597,51 +2597,51 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T23</v>
       </c>
       <c r="C26">
         <v>23</v>
       </c>
       <c r="D26" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="E26">
         <v>3</v>
       </c>
       <c r="F26">
         <v>59</v>
       </c>
       <c r="G26">
         <v>259899</v>
       </c>
       <c r="H26" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="I26">
         <v>3</v>
       </c>
       <c r="J26">
         <v>59</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
@@ -3255,206 +3255,209 @@
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
         <v>3</v>
       </c>
       <c r="AA33">
         <v>4</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T33</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="str">
-        <v>Jaren Tullier</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="E34">
         <v>6</v>
       </c>
       <c r="F34">
         <v>62</v>
       </c>
       <c r="G34">
-        <v>266997</v>
+        <v>234571</v>
       </c>
       <c r="H34" t="str">
-        <v>jarentullier</v>
+        <v>skezeks</v>
       </c>
       <c r="I34">
         <v>6</v>
       </c>
       <c r="J34">
         <v>62</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>4</v>
       </c>
       <c r="M34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
       <c r="Q34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T34">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U34">
         <v>3</v>
       </c>
       <c r="V34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X34">
         <v>3</v>
       </c>
       <c r="Y34">
         <v>3</v>
       </c>
       <c r="Z34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA34">
         <v>5</v>
       </c>
       <c r="AB34">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T33</v>
       </c>
       <c r="C35">
         <v>33</v>
       </c>
       <c r="D35" t="str">
-        <v>Kyle Bailey</v>
+        <v>Jaren Tullier</v>
       </c>
       <c r="E35">
         <v>6</v>
       </c>
       <c r="F35">
         <v>62</v>
       </c>
+      <c r="G35">
+        <v>266997</v>
+      </c>
       <c r="H35" t="str">
-        <v>skezeks</v>
+        <v>jarentullier</v>
       </c>
       <c r="I35">
         <v>6</v>
       </c>
       <c r="J35">
         <v>62</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
         <v>4</v>
       </c>
       <c r="M35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X35">
         <v>3</v>
       </c>
       <c r="Y35">
         <v>3</v>
       </c>
       <c r="Z35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA35">
         <v>5</v>
       </c>
       <c r="AB35">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T33</v>
       </c>
       <c r="C36">
         <v>33</v>
       </c>
       <c r="D36" t="str">
         <v>Phillip Lukinovich</v>
       </c>
       <c r="E36">
         <v>6</v>
       </c>
       <c r="F36">
         <v>62</v>
       </c>
       <c r="H36" t="str">
         <v>afatkidintheair</v>
       </c>
       <c r="I36">