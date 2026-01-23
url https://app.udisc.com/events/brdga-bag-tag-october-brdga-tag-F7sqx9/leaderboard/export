--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -4721,324 +4721,324 @@
       </c>
       <c r="Z50">
         <v>3</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
       <c r="AC50">
         <v>2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>GEN</v>
       </c>
       <c r="B51" t="str">
         <v>T47</v>
       </c>
       <c r="C51">
         <v>47</v>
       </c>
       <c r="D51" t="str">
-        <v>Gary McInnis II</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="F51">
         <v>2</v>
       </c>
       <c r="G51">
         <v>56</v>
       </c>
       <c r="H51">
-        <v>242455</v>
+        <v>234571</v>
       </c>
       <c r="I51" t="str">
-        <v>garymcinnis02</v>
+        <v>skezeks</v>
       </c>
       <c r="J51">
         <v>2</v>
       </c>
       <c r="K51">
         <v>56</v>
       </c>
       <c r="L51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
         <v>3</v>
       </c>
       <c r="P51">
         <v>4</v>
       </c>
       <c r="Q51">
         <v>3</v>
       </c>
       <c r="R51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S51">
         <v>3</v>
       </c>
       <c r="T51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V51">
         <v>3</v>
       </c>
       <c r="W51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z51">
         <v>3</v>
       </c>
       <c r="AA51">
         <v>3</v>
       </c>
       <c r="AB51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
         <v>T47</v>
       </c>
       <c r="C52">
         <v>47</v>
       </c>
       <c r="D52" t="str">
-        <v>Jaren Tullier</v>
+        <v>Gary McInnis II</v>
       </c>
       <c r="F52">
         <v>2</v>
       </c>
       <c r="G52">
         <v>56</v>
       </c>
       <c r="H52">
-        <v>266997</v>
+        <v>242455</v>
       </c>
       <c r="I52" t="str">
-        <v>jarentullier</v>
+        <v>garymcinnis02</v>
       </c>
       <c r="J52">
         <v>2</v>
       </c>
       <c r="K52">
         <v>56</v>
       </c>
       <c r="L52">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q52">
         <v>3</v>
       </c>
       <c r="R52">
         <v>3</v>
       </c>
       <c r="S52">
         <v>3</v>
       </c>
       <c r="T52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U52">
         <v>3</v>
       </c>
       <c r="V52">
         <v>3</v>
       </c>
       <c r="W52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y52">
         <v>3</v>
       </c>
       <c r="Z52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA52">
         <v>3</v>
       </c>
       <c r="AB52">
         <v>3</v>
       </c>
       <c r="AC52">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
         <v>T47</v>
       </c>
       <c r="C53">
         <v>47</v>
       </c>
       <c r="D53" t="str">
-        <v>Christopher Prilleux</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>Jaren Tullier</v>
       </c>
       <c r="F53">
         <v>2</v>
       </c>
       <c r="G53">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H53">
-        <v>269394</v>
+        <v>266997</v>
       </c>
       <c r="I53" t="str">
-        <v>prix560</v>
+        <v>jarentullier</v>
       </c>
       <c r="J53">
         <v>2</v>
       </c>
       <c r="K53">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q53">
         <v>3</v>
       </c>
       <c r="R53">
         <v>3</v>
       </c>
       <c r="S53">
         <v>3</v>
       </c>
       <c r="T53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U53">
         <v>3</v>
       </c>
       <c r="V53">
         <v>3</v>
       </c>
       <c r="W53">
         <v>3</v>
       </c>
       <c r="X53">
         <v>3</v>
       </c>
       <c r="Y53">
         <v>3</v>
       </c>
       <c r="Z53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA53">
         <v>3</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
       <c r="AC53">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>GEN</v>
       </c>
       <c r="B54" t="str">
         <v>T47</v>
       </c>
       <c r="C54">
         <v>47</v>
       </c>
       <c r="D54" t="str">
-        <v>Bobby King</v>
+        <v>Christopher Prilleux</v>
       </c>
       <c r="E54">
         <v>2</v>
       </c>
       <c r="F54">
         <v>2</v>
       </c>
       <c r="G54">
         <v>54</v>
       </c>
+      <c r="H54">
+        <v>269394</v>
+      </c>
       <c r="I54" t="str">
-        <v>whiskeydisc50</v>
+        <v>prix560</v>
       </c>
       <c r="J54">
         <v>2</v>
       </c>
       <c r="K54">
         <v>54</v>
       </c>
       <c r="L54">
         <v>3</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
         <v>3</v>
       </c>
       <c r="P54">
         <v>3</v>
       </c>
       <c r="Q54">
         <v>3</v>
       </c>
@@ -5068,200 +5068,203 @@
       </c>
       <c r="Z54">
         <v>3</v>
       </c>
       <c r="AA54">
         <v>3</v>
       </c>
       <c r="AB54">
         <v>3</v>
       </c>
       <c r="AC54">
         <v>3</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>GEN</v>
       </c>
       <c r="B55" t="str">
         <v>T47</v>
       </c>
       <c r="C55">
         <v>47</v>
       </c>
       <c r="D55" t="str">
-        <v>Joe Latino</v>
+        <v>Bobby King</v>
+      </c>
+      <c r="E55">
+        <v>2</v>
       </c>
       <c r="F55">
         <v>2</v>
       </c>
       <c r="G55">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I55" t="str">
-        <v>joelatino1</v>
+        <v>whiskeydisc50</v>
       </c>
       <c r="J55">
         <v>2</v>
       </c>
       <c r="K55">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="L55">
         <v>3</v>
       </c>
       <c r="M55">
         <v>3</v>
       </c>
       <c r="N55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
         <v>3</v>
       </c>
       <c r="R55">
         <v>3</v>
       </c>
       <c r="S55">
         <v>3</v>
       </c>
       <c r="T55">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U55">
         <v>3</v>
       </c>
       <c r="V55">
         <v>3</v>
       </c>
       <c r="W55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X55">
         <v>3</v>
       </c>
       <c r="Y55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z55">
         <v>3</v>
       </c>
       <c r="AA55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB55">
         <v>3</v>
       </c>
       <c r="AC55">
         <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>GEN</v>
       </c>
       <c r="B56" t="str">
         <v>T47</v>
       </c>
       <c r="C56">
         <v>47</v>
       </c>
       <c r="D56" t="str">
-        <v>Kyle Bailey</v>
+        <v>Joe Latino</v>
       </c>
       <c r="F56">
         <v>2</v>
       </c>
       <c r="G56">
         <v>56</v>
       </c>
       <c r="I56" t="str">
-        <v>skezeks</v>
+        <v>joelatino1</v>
       </c>
       <c r="J56">
         <v>2</v>
       </c>
       <c r="K56">
         <v>56</v>
       </c>
       <c r="L56">
         <v>3</v>
       </c>
       <c r="M56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O56">
         <v>3</v>
       </c>
       <c r="P56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q56">
         <v>3</v>
       </c>
       <c r="R56">
+        <v>3</v>
+      </c>
+      <c r="S56">
+        <v>3</v>
+      </c>
+      <c r="T56">
         <v>5</v>
       </c>
-      <c r="S56">
-[...4 lines deleted...]
-      </c>
       <c r="U56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V56">
         <v>3</v>
       </c>
       <c r="W56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X56">
         <v>3</v>
       </c>
       <c r="Y56">
         <v>2</v>
       </c>
       <c r="Z56">
         <v>3</v>
       </c>
       <c r="AA56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB56">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC56">
         <v>3</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>GEN</v>
       </c>
       <c r="B57" t="str">
         <v>T47</v>
       </c>
       <c r="C57">
         <v>47</v>
       </c>
       <c r="D57" t="str">
         <v>Phillip Lukinovich</v>
       </c>
       <c r="F57">
         <v>2</v>
       </c>
       <c r="G57">
         <v>56</v>
       </c>
       <c r="I57" t="str">
@@ -5412,51 +5415,51 @@
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>GEN</v>
       </c>
       <c r="B59" t="str">
         <v>T58</v>
       </c>
       <c r="C59">
         <v>58</v>
       </c>
       <c r="D59" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="F59">
         <v>3</v>
       </c>
       <c r="G59">
         <v>57</v>
       </c>
       <c r="H59">
         <v>259899</v>
       </c>
       <c r="I59" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="J59">
         <v>3</v>
       </c>
       <c r="K59">
         <v>57</v>
       </c>
       <c r="L59">
         <v>3</v>
       </c>
       <c r="M59">
         <v>3</v>
       </c>
       <c r="N59">
         <v>3</v>
       </c>
       <c r="O59">
         <v>2</v>
       </c>
       <c r="P59">
         <v>4</v>
       </c>
       <c r="Q59">
         <v>4</v>
       </c>