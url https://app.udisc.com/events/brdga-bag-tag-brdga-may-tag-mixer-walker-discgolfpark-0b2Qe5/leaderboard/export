--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -1408,51 +1408,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="E12">
         <v>-7</v>
       </c>
       <c r="F12">
         <v>49</v>
       </c>
       <c r="G12">
         <v>259899</v>
       </c>
       <c r="H12" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="I12">
         <v>-7</v>
       </c>
       <c r="J12">
         <v>49</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
@@ -2336,449 +2336,452 @@
       </c>
       <c r="Y22">
         <v>4</v>
       </c>
       <c r="Z22">
         <v>2</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T22</v>
       </c>
       <c r="C23">
         <v>22</v>
       </c>
       <c r="D23" t="str">
-        <v>Lindsey Leavoy</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="E23">
         <v>-4</v>
       </c>
       <c r="F23">
         <v>52</v>
       </c>
       <c r="G23">
-        <v>266717</v>
+        <v>234571</v>
       </c>
       <c r="H23" t="str">
-        <v>lleavo121</v>
+        <v>skezeks</v>
       </c>
       <c r="I23">
         <v>-4</v>
       </c>
       <c r="J23">
         <v>52</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R23">
         <v>4</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
         <v>2</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
-        <v>Bram Metz</v>
+        <v>Lindsey Leavoy</v>
       </c>
       <c r="E24">
         <v>-4</v>
       </c>
       <c r="F24">
         <v>52</v>
       </c>
+      <c r="G24">
+        <v>266717</v>
+      </c>
       <c r="H24" t="str">
-        <v>bramtrak</v>
+        <v>lleavo121</v>
       </c>
       <c r="I24">
         <v>-4</v>
       </c>
       <c r="J24">
         <v>52</v>
       </c>
       <c r="K24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
         <v>2</v>
       </c>
       <c r="Q24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T22</v>
       </c>
       <c r="C25">
         <v>22</v>
       </c>
       <c r="D25" t="str">
-        <v xml:space="preserve">Chris Pennington </v>
+        <v>Bram Metz</v>
       </c>
       <c r="E25">
         <v>-4</v>
       </c>
       <c r="F25">
         <v>52</v>
       </c>
       <c r="H25" t="str">
-        <v>cpenni</v>
+        <v>bramtrak</v>
       </c>
       <c r="I25">
         <v>-4</v>
       </c>
       <c r="J25">
         <v>52</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q25">
         <v>2</v>
       </c>
       <c r="R25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T22</v>
       </c>
       <c r="C26">
         <v>22</v>
       </c>
       <c r="D26" t="str">
-        <v>Edward Castleberry</v>
+        <v xml:space="preserve">Chris Pennington </v>
       </c>
       <c r="E26">
         <v>-4</v>
       </c>
       <c r="F26">
         <v>52</v>
       </c>
       <c r="H26" t="str">
-        <v>ecastleb</v>
+        <v>cpenni</v>
       </c>
       <c r="I26">
         <v>-4</v>
       </c>
       <c r="J26">
         <v>52</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>2</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q26">
         <v>2</v>
       </c>
       <c r="R26">
         <v>4</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T22</v>
       </c>
       <c r="C27">
         <v>22</v>
       </c>
       <c r="D27" t="str">
-        <v>Kyle Bailey</v>
+        <v>Edward Castleberry</v>
       </c>
       <c r="E27">
         <v>-4</v>
       </c>
       <c r="F27">
         <v>52</v>
       </c>
       <c r="H27" t="str">
-        <v>skezeks</v>
+        <v>ecastleb</v>
       </c>
       <c r="I27">
         <v>-4</v>
       </c>
       <c r="J27">
         <v>52</v>
       </c>
       <c r="K27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q27">
         <v>2</v>
       </c>
       <c r="R27">
         <v>4</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>William Munson</v>
       </c>
       <c r="E28">
         <v>-3</v>
       </c>
       <c r="F28">