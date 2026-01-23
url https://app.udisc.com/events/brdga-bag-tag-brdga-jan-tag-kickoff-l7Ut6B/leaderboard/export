--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -2763,51 +2763,51 @@
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="E28">
         <v>-3</v>
       </c>
       <c r="F28">
         <v>53</v>
       </c>
       <c r="G28">
         <v>259899</v>
       </c>
       <c r="H28" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="I28">
         <v>-3</v>
       </c>
       <c r="J28">
         <v>53</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>4</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
         <v>2</v>
       </c>
@@ -5805,455 +5805,458 @@
       </c>
       <c r="Y63">
         <v>3</v>
       </c>
       <c r="Z63">
         <v>3</v>
       </c>
       <c r="AA63">
         <v>3</v>
       </c>
       <c r="AB63">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>GEN</v>
       </c>
       <c r="B64" t="str">
         <v>T61</v>
       </c>
       <c r="C64">
         <v>61</v>
       </c>
       <c r="D64" t="str">
-        <v>Heath Slack</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="E64">
         <v>1</v>
       </c>
       <c r="F64">
         <v>57</v>
       </c>
       <c r="G64">
-        <v>265907</v>
+        <v>234571</v>
       </c>
       <c r="H64" t="str">
-        <v>emmettslackjr1</v>
+        <v>skezeks</v>
       </c>
       <c r="I64">
         <v>1</v>
       </c>
       <c r="J64">
         <v>57</v>
       </c>
       <c r="K64">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M64">
         <v>3</v>
       </c>
       <c r="N64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q64">
         <v>4</v>
       </c>
       <c r="R64">
         <v>2</v>
       </c>
       <c r="S64">
         <v>3</v>
       </c>
       <c r="T64">
         <v>4</v>
       </c>
       <c r="U64">
         <v>2</v>
       </c>
       <c r="V64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W64">
         <v>3</v>
       </c>
       <c r="X64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB64">
         <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>GEN</v>
       </c>
       <c r="B65" t="str">
         <v>T61</v>
       </c>
       <c r="C65">
         <v>61</v>
       </c>
       <c r="D65" t="str">
-        <v>Keith Horton</v>
+        <v>Heath Slack</v>
       </c>
       <c r="E65">
         <v>1</v>
       </c>
       <c r="F65">
         <v>57</v>
       </c>
       <c r="G65">
-        <v>288012</v>
+        <v>265907</v>
       </c>
       <c r="H65" t="str">
-        <v>keithahorton</v>
+        <v>emmettslackjr1</v>
       </c>
       <c r="I65">
         <v>1</v>
       </c>
       <c r="J65">
         <v>57</v>
       </c>
       <c r="K65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L65">
         <v>4</v>
       </c>
       <c r="M65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N65">
         <v>3</v>
       </c>
       <c r="O65">
         <v>3</v>
       </c>
       <c r="P65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q65">
         <v>4</v>
       </c>
       <c r="R65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S65">
         <v>3</v>
       </c>
       <c r="T65">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U65">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W65">
         <v>3</v>
       </c>
       <c r="X65">
         <v>4</v>
       </c>
       <c r="Y65">
         <v>3</v>
       </c>
       <c r="Z65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA65">
         <v>3</v>
       </c>
       <c r="AB65">
         <v>3</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>GEN</v>
       </c>
       <c r="B66" t="str">
         <v>T61</v>
       </c>
       <c r="C66">
         <v>61</v>
       </c>
       <c r="D66" t="str">
-        <v>Caleb Gilmore</v>
+        <v>Keith Horton</v>
       </c>
       <c r="E66">
         <v>1</v>
       </c>
       <c r="F66">
         <v>57</v>
       </c>
+      <c r="G66">
+        <v>288012</v>
+      </c>
       <c r="H66" t="str">
-        <v>gilmore17</v>
+        <v>keithahorton</v>
       </c>
       <c r="I66">
         <v>1</v>
       </c>
       <c r="J66">
         <v>57</v>
       </c>
       <c r="K66">
         <v>3</v>
       </c>
       <c r="L66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M66">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O66">
         <v>3</v>
       </c>
       <c r="P66">
         <v>3</v>
       </c>
       <c r="Q66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S66">
         <v>3</v>
       </c>
       <c r="T66">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U66">
         <v>3</v>
       </c>
       <c r="V66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y66">
         <v>3</v>
       </c>
       <c r="Z66">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA66">
         <v>3</v>
       </c>
       <c r="AB66">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>GEN</v>
       </c>
       <c r="B67" t="str">
         <v>T61</v>
       </c>
       <c r="C67">
         <v>61</v>
       </c>
       <c r="D67" t="str">
-        <v>Justin Walbom</v>
+        <v>Caleb Gilmore</v>
       </c>
       <c r="E67">
         <v>1</v>
       </c>
       <c r="F67">
         <v>57</v>
       </c>
       <c r="H67" t="str">
-        <v>jlwalbom</v>
+        <v>gilmore17</v>
       </c>
       <c r="I67">
         <v>1</v>
       </c>
       <c r="J67">
         <v>57</v>
       </c>
       <c r="K67">
         <v>3</v>
       </c>
       <c r="L67">
         <v>3</v>
       </c>
       <c r="M67">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N67">
         <v>4</v>
       </c>
       <c r="O67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P67">
         <v>3</v>
       </c>
       <c r="Q67">
         <v>3</v>
       </c>
       <c r="R67">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S67">
         <v>3</v>
       </c>
       <c r="T67">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V67">
         <v>2</v>
       </c>
       <c r="W67">
         <v>4</v>
       </c>
       <c r="X67">
         <v>3</v>
       </c>
       <c r="Y67">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z67">
         <v>4</v>
       </c>
       <c r="AA67">
         <v>3</v>
       </c>
       <c r="AB67">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>GEN</v>
       </c>
       <c r="B68" t="str">
         <v>T61</v>
       </c>
       <c r="C68">
         <v>61</v>
       </c>
       <c r="D68" t="str">
-        <v>Kyle Bailey</v>
+        <v>Justin Walbom</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68">
         <v>57</v>
       </c>
       <c r="H68" t="str">
-        <v>skezeks</v>
+        <v>jlwalbom</v>
       </c>
       <c r="I68">
         <v>1</v>
       </c>
       <c r="J68">
         <v>57</v>
       </c>
       <c r="K68">
         <v>3</v>
       </c>
       <c r="L68">
         <v>3</v>
       </c>
       <c r="M68">
         <v>3</v>
       </c>
       <c r="N68">
         <v>4</v>
       </c>
       <c r="O68">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P68">
         <v>3</v>
       </c>
       <c r="Q68">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S68">
         <v>3</v>
       </c>
       <c r="T68">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U68">
         <v>2</v>
       </c>
       <c r="V68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W68">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X68">
         <v>3</v>
       </c>
       <c r="Y68">
         <v>4</v>
       </c>
       <c r="Z68">
         <v>4</v>
       </c>
       <c r="AA68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB68">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>GEN</v>
       </c>
       <c r="B69" t="str">
         <v>T61</v>
       </c>
       <c r="C69">
         <v>61</v>
       </c>
       <c r="D69" t="str">
         <v>Phillip Lukinovich</v>
       </c>
       <c r="E69">
         <v>1</v>
       </c>
       <c r="F69">
         <v>57</v>
       </c>
       <c r="H69" t="str">