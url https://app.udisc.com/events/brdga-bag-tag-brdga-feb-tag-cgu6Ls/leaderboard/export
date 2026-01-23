--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -2496,206 +2496,209 @@
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>4</v>
       </c>
       <c r="AA24">
         <v>5</v>
       </c>
       <c r="AB24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v>KC Wilkinson Jr</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="E25">
         <v>5</v>
       </c>
       <c r="F25">
         <v>61</v>
       </c>
       <c r="G25">
-        <v>288576</v>
+        <v>234571</v>
       </c>
       <c r="H25" t="str">
-        <v>wilk82</v>
+        <v>skezeks</v>
       </c>
       <c r="I25">
         <v>5</v>
       </c>
       <c r="J25">
         <v>61</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
         <v>5</v>
       </c>
       <c r="X25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
-        <v>Kyle Bailey</v>
+        <v>KC Wilkinson Jr</v>
       </c>
       <c r="E26">
         <v>5</v>
       </c>
       <c r="F26">
         <v>61</v>
       </c>
+      <c r="G26">
+        <v>288576</v>
+      </c>
       <c r="H26" t="str">
-        <v>skezeks</v>
+        <v>wilk82</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
         <v>61</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
         <v>5</v>
       </c>
       <c r="X26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>4</v>
       </c>
       <c r="AB26">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T24</v>
       </c>
       <c r="C27">
         <v>24</v>
       </c>
       <c r="D27" t="str">
         <v>Robin Key</v>
       </c>
       <c r="E27">
         <v>5</v>
       </c>
       <c r="F27">
         <v>61</v>
       </c>
       <c r="H27" t="str">
         <v>robinkey</v>
       </c>
       <c r="I27">
@@ -3934,51 +3937,51 @@
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T41</v>
       </c>
       <c r="C42">
         <v>41</v>
       </c>
       <c r="D42" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="E42">
         <v>13</v>
       </c>
       <c r="F42">
         <v>69</v>
       </c>
       <c r="G42">
         <v>259899</v>
       </c>
       <c r="H42" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="I42">
         <v>13</v>
       </c>
       <c r="J42">
         <v>69</v>
       </c>
       <c r="K42">
         <v>5</v>
       </c>
       <c r="L42">
         <v>5</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>4</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>