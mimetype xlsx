--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -1061,51 +1061,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="E8">
         <v>-7</v>
       </c>
       <c r="F8">
         <v>49</v>
       </c>
       <c r="G8">
         <v>259899</v>
       </c>
       <c r="H8" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="I8">
         <v>-7</v>
       </c>
       <c r="J8">
         <v>49</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -2911,200 +2911,203 @@
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
         <v>4</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T27</v>
       </c>
       <c r="C30">
         <v>27</v>
       </c>
       <c r="D30" t="str">
-        <v>Jeremy Jillson</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>57</v>
       </c>
+      <c r="G30">
+        <v>234571</v>
+      </c>
       <c r="H30" t="str">
-        <v>ezthin</v>
+        <v>skezeks</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30">
         <v>57</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R30">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U30">
         <v>4</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T27</v>
       </c>
       <c r="C31">
         <v>27</v>
       </c>
       <c r="D31" t="str">
-        <v>Kyle Bailey</v>
+        <v>Jeremy Jillson</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
         <v>57</v>
       </c>
       <c r="H31" t="str">
-        <v>skezeks</v>
+        <v>ezthin</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31">
         <v>57</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U31">
         <v>4</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Bram Metz</v>
       </c>
       <c r="E32">
         <v>2</v>
       </c>
       <c r="F32">
         <v>58</v>
       </c>
       <c r="H32" t="str">
@@ -3836,200 +3839,203 @@
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
         <v>3</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T38</v>
       </c>
       <c r="C41">
         <v>38</v>
       </c>
       <c r="D41" t="str">
-        <v>Jason Scott</v>
+        <v>Van Trinh</v>
       </c>
       <c r="E41">
         <v>5</v>
       </c>
       <c r="F41">
         <v>61</v>
       </c>
       <c r="G41">
-        <v>317323</v>
+        <v>308858</v>
       </c>
       <c r="H41" t="str">
-        <v>hobbits0413</v>
+        <v>spagoodle</v>
       </c>
       <c r="I41">
         <v>5</v>
       </c>
       <c r="J41">
         <v>61</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
         <v>3</v>
       </c>
       <c r="R41">
         <v>4</v>
       </c>
       <c r="S41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T41">
         <v>3</v>
       </c>
       <c r="U41">
         <v>3</v>
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
         <v>4</v>
       </c>
       <c r="X41">
         <v>4</v>
       </c>
       <c r="Y41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA41">
         <v>3</v>
       </c>
       <c r="AB41">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T38</v>
       </c>
       <c r="C42">
         <v>38</v>
       </c>
       <c r="D42" t="str">
-        <v>Van Trinh</v>
+        <v>Jason Scott</v>
       </c>
       <c r="E42">
         <v>5</v>
       </c>
       <c r="F42">
         <v>61</v>
       </c>
+      <c r="G42">
+        <v>317323</v>
+      </c>
       <c r="H42" t="str">
-        <v>spagoodle</v>
+        <v>hobbits0413</v>
       </c>
       <c r="I42">
         <v>5</v>
       </c>
       <c r="J42">
         <v>61</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M42">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
       <c r="R42">
         <v>4</v>
       </c>
       <c r="S42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T42">
         <v>3</v>
       </c>
       <c r="U42">
         <v>3</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
         <v>4</v>
       </c>
       <c r="X42">
         <v>4</v>
       </c>
       <c r="Y42">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>42</v>
       </c>
       <c r="C43">
         <v>42</v>
       </c>
       <c r="D43" t="str">
         <v>David Ordoyne</v>
       </c>
       <c r="E43">
         <v>6</v>
       </c>
       <c r="F43">