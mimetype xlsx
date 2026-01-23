--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -2725,215 +2725,218 @@
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>5</v>
       </c>
       <c r="AC25">
         <v>4</v>
       </c>
       <c r="AD25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
-        <v>Adam Tull</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="E26">
         <v>6</v>
       </c>
       <c r="F26">
         <v>70</v>
       </c>
+      <c r="G26">
+        <v>234571</v>
+      </c>
       <c r="H26" t="str">
-        <v>actull85</v>
+        <v>skezeks</v>
       </c>
       <c r="I26">
         <v>6</v>
       </c>
       <c r="J26">
         <v>70</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V26">
         <v>2</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC26">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AD26">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T25</v>
       </c>
       <c r="C27">
         <v>25</v>
       </c>
       <c r="D27" t="str">
-        <v>Kyle Bailey</v>
+        <v>Adam Tull</v>
       </c>
       <c r="E27">
         <v>6</v>
       </c>
       <c r="F27">
         <v>70</v>
       </c>
       <c r="H27" t="str">
-        <v>skezeks</v>
+        <v>actull85</v>
       </c>
       <c r="I27">
         <v>6</v>
       </c>
       <c r="J27">
         <v>70</v>
       </c>
       <c r="K27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
         <v>3</v>
       </c>
       <c r="R27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S27">
+        <v>4</v>
+      </c>
+      <c r="T27">
+        <v>3</v>
+      </c>
+      <c r="U27">
+        <v>3</v>
+      </c>
+      <c r="V27">
+        <v>2</v>
+      </c>
+      <c r="W27">
+        <v>4</v>
+      </c>
+      <c r="X27">
+        <v>4</v>
+      </c>
+      <c r="Y27">
+        <v>3</v>
+      </c>
+      <c r="Z27">
+        <v>3</v>
+      </c>
+      <c r="AA27">
+        <v>3</v>
+      </c>
+      <c r="AB27">
+        <v>4</v>
+      </c>
+      <c r="AC27">
         <v>6</v>
       </c>
-      <c r="T27">
-[...28 lines deleted...]
-      </c>
       <c r="AD27">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Walter Price</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>71</v>
       </c>
       <c r="G28">
         <v>163845</v>
       </c>
       <c r="H28" t="str">
@@ -3907,50 +3910,53 @@
       <c r="AC38">
         <v>5</v>
       </c>
       <c r="AD38">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T37</v>
       </c>
       <c r="C39">
         <v>37</v>
       </c>
       <c r="D39" t="str">
         <v>Van Trinh</v>
       </c>
       <c r="E39">
         <v>15</v>
       </c>
       <c r="F39">
         <v>79</v>
+      </c>
+      <c r="G39">
+        <v>308858</v>
       </c>
       <c r="H39" t="str">
         <v>spagoodle</v>
       </c>
       <c r="I39">
         <v>15</v>
       </c>
       <c r="J39">
         <v>79</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>4</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>