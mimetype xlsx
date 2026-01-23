--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -924,51 +924,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Stephen Kimble</v>
       </c>
       <c r="E6">
         <v>-10</v>
       </c>
       <c r="F6">
         <v>51</v>
       </c>
       <c r="G6">
         <v>259899</v>
       </c>
       <c r="H6" t="str">
-        <v>stephenkimble</v>
+        <v>stephėn</v>
       </c>
       <c r="I6">
         <v>-10</v>
       </c>
       <c r="J6">
         <v>51</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
@@ -3096,218 +3096,221 @@
       </c>
       <c r="AA29">
         <v>4</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
       <c r="AC29">
         <v>3</v>
       </c>
       <c r="AD29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T28</v>
       </c>
       <c r="C30">
         <v>28</v>
       </c>
       <c r="D30" t="str">
-        <v>Heath Slack</v>
+        <v>Kyle Bailey</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>62</v>
       </c>
       <c r="G30">
-        <v>265907</v>
+        <v>234571</v>
       </c>
       <c r="H30" t="str">
-        <v>emmettslackjr1</v>
+        <v>skezeks</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30">
         <v>62</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S30">
         <v>4</v>
       </c>
       <c r="T30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U30">
         <v>3</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC30">
         <v>3</v>
       </c>
       <c r="AD30">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T28</v>
       </c>
       <c r="C31">
         <v>28</v>
       </c>
       <c r="D31" t="str">
-        <v>Kyle Bailey</v>
+        <v>Heath Slack</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
         <v>62</v>
       </c>
+      <c r="G31">
+        <v>265907</v>
+      </c>
       <c r="H31" t="str">
-        <v>skezeks</v>
+        <v>emmettslackjr1</v>
       </c>
       <c r="I31">
         <v>1</v>
       </c>
       <c r="J31">
         <v>62</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S31">
         <v>4</v>
       </c>
       <c r="T31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC31">
         <v>3</v>
       </c>
       <c r="AD31">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T28</v>
       </c>
       <c r="C32">
         <v>28</v>
       </c>
       <c r="D32" t="str">
         <v xml:space="preserve">Tony hester </v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
         <v>62</v>
       </c>
       <c r="H32" t="str">
         <v>tonyhester</v>
       </c>
       <c r="I32">