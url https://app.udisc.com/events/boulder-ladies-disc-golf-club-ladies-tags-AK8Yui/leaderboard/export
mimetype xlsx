--- v0 (2025-12-16)
+++ v1 (2026-01-11)
@@ -806,51 +806,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Sarah Romero</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
         <v>55</v>
       </c>
       <c r="G5">
         <v>225681</v>
       </c>
       <c r="H5" t="str">
-        <v>luckyturtlez</v>
+        <v>trtlflvrdcrnnts</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
       <c r="J5">
         <v>55</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>