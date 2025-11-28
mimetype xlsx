--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:X38"/>
+  <dimension ref="A1:X37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -958,2186 +958,2157 @@
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
+        <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Emil Vo</v>
+        <v>Simen Amundsen</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
-      <c r="H8">
-[...1 lines deleted...]
-      </c>
       <c r="I8" t="str">
-        <v>emilvo</v>
+        <v>simamu</v>
       </c>
       <c r="J8">
         <v>-1</v>
       </c>
       <c r="K8">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>3</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>8</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Simen Amundsen</v>
+        <v>Eivind R</v>
       </c>
       <c r="E9">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F9">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I9" t="str">
-        <v>simamu</v>
+        <v>eivindrodland</v>
       </c>
       <c r="J9">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="K9">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Eivind R</v>
+        <v>Christoffer Nordli</v>
       </c>
       <c r="E10">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F10">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G10">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="H10">
+        <v>316527</v>
       </c>
       <c r="I10" t="str">
-        <v>eivindrodland</v>
+        <v>teffztm</v>
       </c>
       <c r="J10">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="K10">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Christoffer Nordli</v>
+        <v>Gun</v>
       </c>
       <c r="E11">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F11">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
-        <v>316527</v>
+        <v>316202</v>
       </c>
       <c r="I11" t="str">
-        <v>teffztm</v>
+        <v>gunnn02</v>
       </c>
       <c r="J11">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K11">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U11">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Gun</v>
+        <v>jonaatan fadum</v>
       </c>
       <c r="E12">
+        <v>25</v>
+      </c>
+      <c r="F12">
+        <v>66</v>
+      </c>
+      <c r="G12">
+        <v>1</v>
+      </c>
+      <c r="I12" t="str">
+        <v>jonatanfadum</v>
+      </c>
+      <c r="J12">
+        <v>25</v>
+      </c>
+      <c r="K12">
+        <v>66</v>
+      </c>
+      <c r="L12">
+        <v>4</v>
+      </c>
+      <c r="M12">
+        <v>7</v>
+      </c>
+      <c r="N12">
+        <v>4</v>
+      </c>
+      <c r="O12">
+        <v>5</v>
+      </c>
+      <c r="P12">
         <v>6</v>
       </c>
-      <c r="F12">
-[...11 lines deleted...]
-      <c r="J12">
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>5</v>
+      </c>
+      <c r="S12">
+        <v>5</v>
+      </c>
+      <c r="T12">
+        <v>8</v>
+      </c>
+      <c r="U12">
+        <v>4</v>
+      </c>
+      <c r="V12">
         <v>6</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
       <c r="W12">
         <v>4</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>jonaatan fadum</v>
+        <v>Emil Vo</v>
       </c>
       <c r="E13">
-        <v>25</v>
+        <v>-1</v>
       </c>
       <c r="F13">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
+      <c r="H13">
+        <v>147642</v>
+      </c>
       <c r="I13" t="str">
-        <v>jonatanfadum</v>
+        <v>emilvo</v>
       </c>
       <c r="J13">
-        <v>25</v>
+        <v>-1</v>
       </c>
       <c r="K13">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>6</v>
-[...22 lines deleted...]
-      <c r="X13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
+      <c r="B14" t="str">
+        <v>DUP</v>
+      </c>
       <c r="D14" t="str">
-        <v>Tommy N Gudbrandsen</v>
+        <v>Magnus Engen Molstad</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>-6</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G14">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="H14">
+        <v>213521</v>
       </c>
       <c r="I14" t="str">
-        <v>tngtiger1</v>
+        <v>magnusmolstad</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>-6</v>
       </c>
       <c r="K14">
-        <v>0</v>
+        <v>35</v>
+      </c>
+      <c r="L14">
+        <v>2</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>5</v>
+      </c>
+      <c r="Q14">
+        <v>2</v>
+      </c>
+      <c r="R14">
+        <v>2</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>4</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>2</v>
+      </c>
+      <c r="W14">
+        <v>2</v>
+      </c>
+      <c r="X14">
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MPO</v>
       </c>
       <c r="B15" t="str">
         <v>DUP</v>
       </c>
       <c r="D15" t="str">
         <v>Magnus Engen Molstad</v>
       </c>
       <c r="E15">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F15">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H15">
         <v>213521</v>
       </c>
       <c r="I15" t="str">
         <v>magnusmolstad</v>
       </c>
       <c r="J15">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="K15">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T15">
         <v>4</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v>Magnus Engen Molstad</v>
+        <v>Carl Morten Karterud</v>
       </c>
       <c r="E16">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="F16">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="G16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H16">
-        <v>213521</v>
+        <v>292836</v>
       </c>
       <c r="I16" t="str">
-        <v>magnusmolstad</v>
+        <v>camorten</v>
       </c>
       <c r="J16">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="K16">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
       <c r="U16">
         <v>2</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MPO</v>
       </c>
       <c r="B17" t="str">
         <v>DUP</v>
       </c>
       <c r="D17" t="str">
-        <v>Carl Morten Karterud</v>
+        <v>Eivind R</v>
       </c>
       <c r="E17">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="F17">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
-      <c r="H17">
-[...1 lines deleted...]
-      </c>
       <c r="I17" t="str">
-        <v>camorten</v>
+        <v>eivindrodland</v>
       </c>
       <c r="J17">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="K17">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="L17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MPO</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
         <v>Eivind R</v>
       </c>
       <c r="E18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I18" t="str">
         <v>eivindrodland</v>
       </c>
       <c r="J18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K18">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W18">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MPO</v>
       </c>
       <c r="B19" t="str">
         <v>DUP</v>
       </c>
       <c r="D19" t="str">
-        <v>Eivind R</v>
+        <v>Simen Amundsen</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F19">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G19">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I19" t="str">
-        <v>eivindrodland</v>
+        <v>simamu</v>
       </c>
       <c r="J19">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="K19">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>2</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MPO</v>
       </c>
       <c r="B20" t="str">
         <v>DUP</v>
       </c>
       <c r="D20" t="str">
         <v>Simen Amundsen</v>
       </c>
       <c r="E20">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F20">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I20" t="str">
         <v>simamu</v>
       </c>
       <c r="J20">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K20">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T20">
         <v>5</v>
       </c>
       <c r="U20">
         <v>4</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X20">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MPO</v>
       </c>
       <c r="B21" t="str">
         <v>DUP</v>
       </c>
       <c r="D21" t="str">
-        <v>Simen Amundsen</v>
+        <v>Thor Håkon Karterud</v>
       </c>
       <c r="E21">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F21">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I21" t="str">
-        <v>simamu</v>
+        <v>tråkon</v>
       </c>
       <c r="J21">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K21">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>4</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>5</v>
       </c>
       <c r="U21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X21">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MPO</v>
       </c>
       <c r="B22" t="str">
         <v>DUP</v>
       </c>
       <c r="D22" t="str">
         <v>Thor Håkon Karterud</v>
       </c>
       <c r="E22">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F22">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I22" t="str">
         <v>tråkon</v>
       </c>
       <c r="J22">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K22">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MPO</v>
       </c>
       <c r="B23" t="str">
         <v>DUP</v>
       </c>
       <c r="D23" t="str">
         <v>Thor Håkon Karterud</v>
       </c>
       <c r="E23">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F23">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I23" t="str">
         <v>tråkon</v>
       </c>
       <c r="J23">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K23">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
-        <v>MPO</v>
+        <v>FPO</v>
       </c>
       <c r="B24" t="str">
-        <v>DUP</v>
+        <v>1</v>
+      </c>
+      <c r="C24">
+        <v>1</v>
       </c>
       <c r="D24" t="str">
-        <v>Thor Håkon Karterud</v>
+        <v>Tone F Bondal</v>
       </c>
       <c r="E24">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F24">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G24">
         <v>1</v>
       </c>
       <c r="I24" t="str">
-        <v>tråkon</v>
+        <v>tonebondal</v>
       </c>
       <c r="J24">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K24">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
         <v>4</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>FPO</v>
       </c>
       <c r="B25" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D25" t="str">
-        <v>Tone F Bondal</v>
+        <v>Sissel</v>
       </c>
       <c r="E25">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F25">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="I25" t="str">
-        <v>tonebondal</v>
+        <v>sissel</v>
       </c>
       <c r="J25">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K25">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
         <v>6</v>
       </c>
       <c r="U25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X25">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>FPO</v>
       </c>
       <c r="B26" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D26" t="str">
-        <v>Sissel</v>
+        <v>Sandra Marie</v>
       </c>
       <c r="E26">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F26">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="I26" t="str">
-        <v>sissel</v>
+        <v>sandramarie</v>
       </c>
       <c r="J26">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="K26">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M26">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P26">
         <v>5</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R26">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>6</v>
       </c>
       <c r="U26">
         <v>4</v>
       </c>
       <c r="V26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X26">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
-        <v>FPO</v>
+        <v>MP40</v>
       </c>
       <c r="B27" t="str">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C27">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D27" t="str">
-        <v>Sandra Marie</v>
+        <v>Thorbjørn Lundby Viberg</v>
       </c>
       <c r="E27">
-        <v>21</v>
+        <v>-9</v>
       </c>
       <c r="F27">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
+      <c r="H27">
+        <v>98809</v>
+      </c>
       <c r="I27" t="str">
-        <v>sandramarie</v>
+        <v>tbone75</v>
       </c>
       <c r="J27">
-        <v>21</v>
+        <v>-9</v>
       </c>
       <c r="K27">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="L27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M27">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="N27">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O27">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q27">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R27">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="S27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T27">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MP40</v>
       </c>
       <c r="B28" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D28" t="str">
-        <v>Thorbjørn Lundby Viberg</v>
+        <v>Kristian Saug</v>
       </c>
       <c r="E28">
-        <v>-9</v>
+        <v>-5</v>
       </c>
       <c r="F28">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
       <c r="I28" t="str">
-        <v>tbone75</v>
+        <v>kristiansaug</v>
       </c>
       <c r="J28">
-        <v>-9</v>
+        <v>-5</v>
       </c>
       <c r="K28">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q28">
         <v>2</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T28">
         <v>4</v>
       </c>
       <c r="U28">
         <v>2</v>
       </c>
       <c r="V28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MP40</v>
       </c>
       <c r="B29" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D29" t="str">
-        <v>Kristian Saug</v>
+        <v>Kim Gudbrandsen</v>
       </c>
       <c r="E29">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="F29">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="I29" t="str">
-        <v>kristiansaug</v>
+        <v>kimgustavo</v>
       </c>
       <c r="J29">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="K29">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
         <v>4</v>
       </c>
       <c r="U29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W29">
         <v>2</v>
       </c>
       <c r="X29">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MP40</v>
       </c>
       <c r="B30" t="str">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D30" t="str">
-        <v>Kim Gudbrandsen</v>
+        <v>Per Hansen</v>
       </c>
       <c r="E30">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F30">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
+      <c r="H30">
+        <v>231003</v>
+      </c>
       <c r="I30" t="str">
-        <v>kimgustavo</v>
+        <v>perhansen</v>
       </c>
       <c r="J30">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="K30">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>2</v>
       </c>
       <c r="N30">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>4</v>
       </c>
       <c r="U30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MP40</v>
       </c>
       <c r="B31" t="str">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D31" t="str">
-        <v>Per Hansen</v>
+        <v>Jørn Fjærgård Rønning</v>
       </c>
       <c r="E31">
-        <v>-3</v>
+        <v>1</v>
       </c>
       <c r="F31">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="G31">
         <v>1</v>
       </c>
       <c r="H31">
-        <v>231003</v>
+        <v>148266</v>
       </c>
       <c r="I31" t="str">
-        <v>perhansen</v>
+        <v>tbirdfrisbee</v>
       </c>
       <c r="J31">
-        <v>-3</v>
+        <v>1</v>
       </c>
       <c r="K31">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
         <v>4</v>
       </c>
       <c r="U31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>3</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MP40</v>
       </c>
       <c r="B32" t="str">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C32">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D32" t="str">
-        <v>Jørn Fjærgård Rønning</v>
+        <v>Frode Bondal</v>
       </c>
       <c r="E32">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F32">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="H32">
-        <v>148266</v>
+        <v>306469</v>
       </c>
       <c r="I32" t="str">
-        <v>tbirdfrisbee</v>
+        <v>frodebondal</v>
       </c>
       <c r="J32">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K32">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O32">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P32">
         <v>5</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S32">
         <v>3</v>
       </c>
       <c r="T32">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MP40</v>
       </c>
       <c r="B33" t="str">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C33">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D33" t="str">
-        <v>Frode Bondal</v>
+        <v>Thor Christian Sjøen</v>
       </c>
       <c r="E33">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F33">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
-      <c r="H33">
-[...1 lines deleted...]
-      </c>
       <c r="I33" t="str">
-        <v>frodebondal</v>
+        <v>thorchristian</v>
       </c>
       <c r="J33">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K33">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O33">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="P33">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R33">
         <v>5</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="U33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V33">
         <v>4</v>
       </c>
       <c r="W33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X33">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MP40</v>
       </c>
       <c r="B34" t="str">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DUP</v>
       </c>
       <c r="D34" t="str">
-        <v>Thor Christian Sjøen</v>
+        <v>Thorbjørn Lundby Viberg</v>
       </c>
       <c r="E34">
-        <v>7</v>
+        <v>-6</v>
       </c>
       <c r="F34">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="G34">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="H34">
+        <v>98809</v>
       </c>
       <c r="I34" t="str">
-        <v>thorchristian</v>
+        <v>tbone75</v>
       </c>
       <c r="J34">
-        <v>7</v>
+        <v>-6</v>
       </c>
       <c r="K34">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="L34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>4</v>
       </c>
       <c r="Q34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R34">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="S34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X34">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MP40</v>
       </c>
       <c r="B35" t="str">
         <v>DUP</v>
       </c>
       <c r="D35" t="str">
         <v>Thorbjørn Lundby Viberg</v>
       </c>
       <c r="E35">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F35">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H35">
         <v>98809</v>
       </c>
       <c r="I35" t="str">
         <v>tbone75</v>
       </c>
       <c r="J35">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="K35">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="L35">
         <v>2</v>
       </c>
       <c r="M35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P35">
         <v>4</v>
       </c>
       <c r="Q35">
         <v>3</v>
       </c>
       <c r="R35">
         <v>2</v>
       </c>
       <c r="S35">
         <v>2</v>
       </c>
       <c r="T35">
         <v>4</v>
       </c>
       <c r="U35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V35">
         <v>2</v>
       </c>
       <c r="W35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X35">
         <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v>MP40</v>
+        <v>MJ18</v>
       </c>
       <c r="B36" t="str">
-        <v>DUP</v>
+        <v>1</v>
+      </c>
+      <c r="C36">
+        <v>1</v>
       </c>
       <c r="D36" t="str">
-        <v>Thorbjørn Lundby Viberg</v>
+        <v>Iver Tveitane Furuseth</v>
       </c>
       <c r="E36">
-        <v>-8</v>
+        <v>-4</v>
       </c>
       <c r="F36">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H36">
-        <v>98809</v>
+        <v>306613</v>
       </c>
       <c r="I36" t="str">
-        <v>tbone75</v>
+        <v>ivertf2010</v>
       </c>
       <c r="J36">
-        <v>-8</v>
+        <v>-4</v>
       </c>
       <c r="K36">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="L36">
         <v>2</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>2</v>
       </c>
       <c r="S36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
         <v>2</v>
       </c>
       <c r="W36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X36">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MJ18</v>
       </c>
       <c r="B37" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D37" t="str">
-        <v>Iver Tveitane Furuseth</v>
+        <v>Oscar Blystad-Sjøen</v>
       </c>
       <c r="E37">
-        <v>-4</v>
+        <v>3</v>
       </c>
       <c r="F37">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37">
-        <v>306613</v>
+        <v>309667</v>
       </c>
       <c r="I37" t="str">
-        <v>ivertf2010</v>
+        <v>oscarbs</v>
       </c>
       <c r="J37">
-        <v>-4</v>
+        <v>3</v>
       </c>
       <c r="K37">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="L37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P37">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V37">
         <v>2</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
-        <v>3</v>
-[...72 lines deleted...]
-      <c r="X38">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:X38"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:X37"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 