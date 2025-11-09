--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -791,1149 +791,1146 @@
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T2</v>
+        <v>T4</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Tyler Rogers</v>
+        <v>Peyton Marshall</v>
       </c>
       <c r="E5">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="F5">
-        <v>45</v>
+        <v>46</v>
+      </c>
+      <c r="G5">
+        <v>90862</v>
       </c>
       <c r="H5" t="str">
-        <v>runthechains</v>
+        <v>peytonmarshall</v>
       </c>
       <c r="I5">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="J5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Peyton Marshall</v>
+        <v>ZACK CHENNAULT</v>
       </c>
       <c r="E6">
         <v>-8</v>
       </c>
       <c r="F6">
         <v>46</v>
       </c>
       <c r="G6">
-        <v>90862</v>
+        <v>144699</v>
       </c>
       <c r="H6" t="str">
-        <v>peytonmarshall</v>
+        <v>rebelfire</v>
       </c>
       <c r="I6">
         <v>-8</v>
       </c>
       <c r="J6">
         <v>46</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>ZACK CHENNAULT</v>
+        <v>Jorden Williams</v>
       </c>
       <c r="E7">
         <v>-8</v>
       </c>
       <c r="F7">
         <v>46</v>
       </c>
-      <c r="G7">
-[...1 lines deleted...]
-      </c>
       <c r="H7" t="str">
-        <v>rebelfire</v>
+        <v>jorden83332</v>
       </c>
       <c r="I7">
         <v>-8</v>
       </c>
       <c r="J7">
         <v>46</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Jorden Williams</v>
+        <v>Brian Auger</v>
       </c>
       <c r="E8">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="F8">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H8" t="str">
-        <v>jorden83332</v>
+        <v>bauger</v>
       </c>
       <c r="I8">
-        <v>-8</v>
+        <v>-7</v>
       </c>
       <c r="J8">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
         <v>2</v>
       </c>
       <c r="T8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Brian Auger</v>
+        <v>Donny Freeman</v>
       </c>
       <c r="E9">
-        <v>-7</v>
+        <v>-5</v>
       </c>
       <c r="F9">
-        <v>47</v>
+        <v>49</v>
+      </c>
+      <c r="G9">
+        <v>232938</v>
       </c>
       <c r="H9" t="str">
-        <v>bauger</v>
+        <v>dadof5girls1</v>
       </c>
       <c r="I9">
-        <v>-7</v>
+        <v>-5</v>
       </c>
       <c r="J9">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Donny Freeman</v>
+        <v>Jacob Bradley</v>
       </c>
       <c r="E10">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="F10">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G10">
-        <v>232938</v>
+        <v>296627</v>
       </c>
       <c r="H10" t="str">
-        <v>dadof5girls1</v>
+        <v>jlbradley</v>
       </c>
       <c r="I10">
-        <v>-5</v>
+        <v>-2</v>
       </c>
       <c r="J10">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Jacob Bradley</v>
+        <v>Jay Hawkins</v>
       </c>
       <c r="E11">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F11">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G11">
-        <v>296627</v>
+        <v>254420</v>
       </c>
       <c r="H11" t="str">
-        <v>jlbradley</v>
+        <v>findawayjay</v>
       </c>
       <c r="I11">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="J11">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MEN</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
+        <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Jay Hawkins</v>
+        <v>Brendon</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F12">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12">
-        <v>254420</v>
+        <v>270573</v>
       </c>
       <c r="H12" t="str">
-        <v>findawayjay</v>
+        <v>brendon024</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J12">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T12</v>
+        <v>T11</v>
       </c>
       <c r="C13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Brendon</v>
+        <v>abby freeman</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13">
-        <v>270573</v>
+        <v>271248</v>
       </c>
       <c r="H13" t="str">
-        <v>brendon024</v>
+        <v>afreeman2023</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>55</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T12</v>
+        <v>13</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>abby freeman</v>
+        <v>AJ Chennault</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F14">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G14">
-        <v>271248</v>
+        <v>157462</v>
       </c>
       <c r="H14" t="str">
-        <v>afreeman2023</v>
+        <v>triggersamazing</v>
       </c>
       <c r="I14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J14">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>AJ Chennault</v>
+        <v>Jaclyn Meeks</v>
       </c>
       <c r="E15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F15">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G15">
-        <v>157462</v>
+        <v>126818</v>
       </c>
       <c r="H15" t="str">
-        <v>triggersamazing</v>
+        <v>jaclynmeeks</v>
       </c>
       <c r="I15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J15">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Jaclyn Meeks</v>
+        <v>Pennie Freeman</v>
       </c>
       <c r="E16">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F16">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>126818</v>
+        <v>63</v>
       </c>
       <c r="H16" t="str">
-        <v>jaclynmeeks</v>
+        <v>freemanmom</v>
       </c>
       <c r="I16">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="J16">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MEN</v>
       </c>
       <c r="B17" t="str">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>DNF</v>
       </c>
       <c r="D17" t="str">
-        <v>Pennie Freeman</v>
+        <v>Tyler Rogers</v>
       </c>
       <c r="E17">
-        <v>9</v>
+        <v>-9</v>
       </c>
       <c r="F17">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="H17" t="str">
-        <v>freemanmom</v>
+        <v>runthechains</v>
       </c>
       <c r="I17">
-        <v>9</v>
+        <v>-9</v>
       </c>
       <c r="J17">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y17">
         <v>2</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>