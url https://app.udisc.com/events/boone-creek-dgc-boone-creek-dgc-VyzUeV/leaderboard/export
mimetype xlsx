--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -1742,50 +1742,53 @@
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Hector</v>
       </c>
       <c r="E16">
         <v>-1</v>
       </c>
       <c r="F16">
         <v>53</v>
       </c>
+      <c r="G16">
+        <v>317937</v>
+      </c>
       <c r="H16" t="str">
         <v>hector1</v>
       </c>
       <c r="I16">
         <v>-1</v>
       </c>
       <c r="J16">
         <v>53</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
@@ -1900,197 +1903,200 @@
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>2</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MEN</v>
       </c>
       <c r="B18" t="str">
         <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>AJ CHENNAULT</v>
+        <v>Chase Russell</v>
       </c>
       <c r="E18">
-        <v>8</v>
+        <v>-5</v>
       </c>
       <c r="F18">
-        <v>62</v>
+        <v>49</v>
+      </c>
+      <c r="G18">
+        <v>317935</v>
       </c>
       <c r="H18" t="str">
-        <v>aj1234</v>
+        <v>chaserussell0</v>
       </c>
       <c r="I18">
-        <v>8</v>
+        <v>-5</v>
       </c>
       <c r="J18">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="K18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V18">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="W18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MEN</v>
       </c>
       <c r="B19" t="str">
         <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>Chase Russell</v>
+        <v>AJ CHENNAULT</v>
       </c>
       <c r="E19">
-        <v>-5</v>
+        <v>8</v>
       </c>
       <c r="F19">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="H19" t="str">
-        <v>chaserussell0</v>
+        <v>aj1234</v>
       </c>
       <c r="I19">
-        <v>-5</v>
+        <v>8</v>
       </c>
       <c r="J19">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V19">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="W19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB19"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>