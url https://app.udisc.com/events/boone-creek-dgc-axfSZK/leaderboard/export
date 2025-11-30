--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -2006,50 +2006,53 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MEN</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
         <v>Hector</v>
       </c>
       <c r="E19">
         <v>-3</v>
       </c>
       <c r="F19">
         <v>51</v>
       </c>
+      <c r="G19">
+        <v>317937</v>
+      </c>
       <c r="H19" t="str">
         <v>hector1</v>
       </c>
       <c r="I19">
         <v>-3</v>
       </c>
       <c r="J19">
         <v>51</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">