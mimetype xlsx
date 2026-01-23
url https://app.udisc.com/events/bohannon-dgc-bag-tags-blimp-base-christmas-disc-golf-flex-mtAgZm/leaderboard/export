--- v0 (2025-12-25)
+++ v1 (2026-01-23)
@@ -545,256 +545,283 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Cypress</v>
       </c>
       <c r="E2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F2">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="H2" t="str">
         <v>cypressc22</v>
       </c>
       <c r="I2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J2">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>5</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>4</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>5</v>
+      </c>
+      <c r="AA2">
+        <v>5</v>
+      </c>
+      <c r="AB2">
+        <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Kyran Coleman</v>
       </c>
       <c r="E3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F3">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="H3" t="str">
         <v>khc420</v>
       </c>
       <c r="I3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J3">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>4</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>4</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
+      </c>
+      <c r="Z3">
+        <v>4</v>
+      </c>
+      <c r="AA3">
+        <v>5</v>
+      </c>
+      <c r="AB3">
+        <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Devon Franske</v>
       </c>
       <c r="E4">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F4">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="H4" t="str">
         <v>sparks2fly</v>
       </c>
       <c r="I4">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="J4">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>5</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>5</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>4</v>
+      </c>
+      <c r="Z4">
+        <v>4</v>
+      </c>
+      <c r="AA4">
+        <v>6</v>
+      </c>
+      <c r="AB4">
+        <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Slade Sapora</v>
       </c>
       <c r="E5">
         <v>9</v>
       </c>
       <c r="F5">
         <v>70</v>
       </c>
       <c r="G5">
         <v>186667</v>
       </c>
       <c r="H5" t="str">