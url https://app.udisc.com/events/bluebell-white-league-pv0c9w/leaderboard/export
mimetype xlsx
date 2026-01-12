--- v0 (2025-11-08)
+++ v1 (2026-01-12)
@@ -1179,50 +1179,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>6</v>
       </c>
       <c r="G8">
         <v>6</v>
       </c>
       <c r="H8" t="str">
         <v>Benie</v>
       </c>
       <c r="I8">
         <v>7</v>
       </c>
       <c r="J8">
         <v>70</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
+      <c r="L8">
+        <v>302501</v>
+      </c>
       <c r="M8" t="str">
         <v>infektorbenie</v>
       </c>
       <c r="N8">
         <v>7</v>
       </c>
       <c r="O8">
         <v>70</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
       <c r="T8">
         <v>4</v>
       </c>
       <c r="U8">