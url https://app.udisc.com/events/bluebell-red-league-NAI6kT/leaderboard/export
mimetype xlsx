--- v0 (2025-10-22)
+++ v1 (2026-01-13)
@@ -646,50 +646,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Benie</v>
       </c>
       <c r="E3">
         <v>-8</v>
       </c>
       <c r="F3">
         <v>51</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
+      <c r="H3">
+        <v>302501</v>
+      </c>
       <c r="I3" t="str">
         <v>infektorbenie</v>
       </c>
       <c r="J3">
         <v>-8</v>
       </c>
       <c r="K3">
         <v>51</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
@@ -1686,50 +1689,53 @@
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>DUP</v>
       </c>
       <c r="D15" t="str">
         <v>Benie</v>
       </c>
       <c r="E15">
         <v>-6</v>
       </c>
       <c r="F15">
         <v>53</v>
       </c>
       <c r="G15">
         <v>1</v>
+      </c>
+      <c r="H15">
+        <v>302501</v>
       </c>
       <c r="I15" t="str">
         <v>infektorbenie</v>
       </c>
       <c r="J15">
         <v>-6</v>
       </c>
       <c r="K15">
         <v>53</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>