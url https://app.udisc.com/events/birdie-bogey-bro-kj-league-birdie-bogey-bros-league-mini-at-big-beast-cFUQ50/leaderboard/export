--- v0 (2025-11-28)
+++ v1 (2026-02-01)
@@ -1365,50 +1365,53 @@
         <v>5</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Cpl</v>
       </c>
       <c r="B12" t="str">
         <v>2</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12" t="str">
         <v>Dakota Ray</v>
       </c>
       <c r="E12">
         <v>6</v>
       </c>
       <c r="F12">
         <v>62</v>
       </c>
+      <c r="G12">
+        <v>294885</v>
+      </c>
       <c r="H12" t="str">
         <v>drayrayk</v>
       </c>
       <c r="I12">
         <v>6</v>
       </c>
       <c r="J12">
         <v>62</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>5</v>
       </c>
       <c r="P12">