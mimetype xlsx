--- v0 (2025-11-28)
+++ v1 (2026-02-01)
@@ -1728,203 +1728,206 @@
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Cpl</v>
       </c>
       <c r="B16" t="str">
         <v>T6</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="str">
-        <v>Krueger</v>
+        <v>Tyler Arvizu</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>56</v>
       </c>
+      <c r="G16">
+        <v>318827</v>
+      </c>
       <c r="H16" t="str">
-        <v>marshallkrueger</v>
+        <v>pyro69</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>56</v>
       </c>
       <c r="K16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB16">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Cpl</v>
       </c>
       <c r="B17" t="str">
         <v>T6</v>
       </c>
       <c r="C17">
         <v>6</v>
       </c>
       <c r="D17" t="str">
-        <v>Tyler Arvizu</v>
+        <v>Krueger</v>
       </c>
       <c r="E17">
         <v>2</v>
       </c>
       <c r="F17">
         <v>56</v>
       </c>
       <c r="H17" t="str">
-        <v>pyro69</v>
+        <v>marshallkrueger</v>
       </c>
       <c r="I17">
         <v>2</v>
       </c>
       <c r="J17">
         <v>56</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>4</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Cpl</v>
       </c>
       <c r="B18" t="str">
         <v>T8</v>
       </c>
       <c r="C18">
         <v>8</v>
       </c>
       <c r="D18" t="str">
         <v>Bill Shumard</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>57</v>
       </c>
       <c r="G18">
         <v>154389</v>
       </c>
       <c r="H18" t="str">