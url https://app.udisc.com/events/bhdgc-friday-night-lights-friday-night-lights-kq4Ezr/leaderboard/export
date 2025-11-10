--- v0 (2025-10-19)
+++ v1 (2025-11-10)
@@ -2389,197 +2389,200 @@
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
         <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>B</v>
       </c>
       <c r="B24" t="str">
         <v>T19</v>
       </c>
       <c r="C24">
         <v>19</v>
       </c>
       <c r="D24" t="str">
-        <v>Mariah Lays Bad</v>
+        <v>Mike Minter</v>
       </c>
       <c r="E24">
         <v>11</v>
       </c>
       <c r="F24">
         <v>68</v>
       </c>
+      <c r="G24">
+        <v>315788</v>
+      </c>
       <c r="H24" t="str">
-        <v>mariahlaysbad</v>
+        <v>mikeminter21</v>
       </c>
       <c r="I24">
         <v>11</v>
       </c>
       <c r="J24">
         <v>68</v>
       </c>
       <c r="K24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W24">
         <v>4</v>
       </c>
       <c r="X24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y24">
         <v>4</v>
       </c>
       <c r="Z24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>B</v>
       </c>
       <c r="B25" t="str">
         <v>T19</v>
       </c>
       <c r="C25">
         <v>19</v>
       </c>
       <c r="D25" t="str">
-        <v>Mike Minter</v>
+        <v>Mariah Lays Bad</v>
       </c>
       <c r="E25">
         <v>11</v>
       </c>
       <c r="F25">
         <v>68</v>
       </c>
       <c r="H25" t="str">
-        <v>mikeminter21</v>
+        <v>mariahlaysbad</v>
       </c>
       <c r="I25">
         <v>11</v>
       </c>
       <c r="J25">
         <v>68</v>
       </c>
       <c r="K25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>
       <c r="Q25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="U25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W25">
         <v>4</v>
       </c>
       <c r="X25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y25">
         <v>4</v>
       </c>
       <c r="Z25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>B</v>
       </c>
       <c r="B26" t="str">
         <v>21</v>
       </c>
       <c r="C26">
         <v>21</v>
       </c>
       <c r="D26" t="str">
         <v>Ella Lays Bad</v>
       </c>
       <c r="E26">
         <v>14</v>
       </c>
       <c r="F26">