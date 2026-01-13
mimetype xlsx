--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1165,50 +1165,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Adam Rateb</v>
       </c>
       <c r="E9">
         <v>-5</v>
       </c>
       <c r="F9">
         <v>49</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>256334</v>
+      </c>
       <c r="I9" t="str">
         <v>tebbyteb</v>
       </c>
       <c r="J9">
         <v>-5</v>
       </c>
       <c r="K9">
         <v>49</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">