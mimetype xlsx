--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1865,50 +1865,53 @@
         <v>4</v>
       </c>
       <c r="AC16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MPO</v>
       </c>
       <c r="B17" t="str">
         <v>DNF</v>
       </c>
       <c r="D17" t="str">
         <v>Adam Rateb</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17">
         <v>19</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
+      <c r="H17">
+        <v>256334</v>
+      </c>
       <c r="I17" t="str">
         <v>tebbyteb</v>
       </c>
       <c r="J17">
         <v>3</v>
       </c>
       <c r="K17">
         <v>19</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>5</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
     </row>