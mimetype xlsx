--- v0 (2025-10-07)
+++ v1 (2026-01-13)
@@ -1432,50 +1432,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Adam Rateb</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>60</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
+      <c r="H12">
+        <v>256334</v>
+      </c>
       <c r="I12" t="str">
         <v>tebbyteb</v>
       </c>
       <c r="J12">
         <v>5</v>
       </c>
       <c r="K12">
         <v>60</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">